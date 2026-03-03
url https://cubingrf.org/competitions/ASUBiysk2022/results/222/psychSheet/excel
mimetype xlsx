--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -29,54 +29,54 @@
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Кукуев</t>
   </si>
   <si>
-    <t>3.90</t>
-[...2 lines deleted...]
-    <t>2.45</t>
+    <t>4.37</t>
+  </si>
+  <si>
+    <t>3.80</t>
   </si>
   <si>
     <t>Егор Соломатов</t>
   </si>
   <si>
     <t>4.92</t>
   </si>
   <si>
     <t>1.92</t>
   </si>
   <si>
     <t>Ксения Есипова</t>
   </si>
   <si>
     <t>5.02</t>
   </si>
   <si>
     <t>2.34</t>
   </si>
   <si>
     <t>Владислав Дьяконов</t>
   </si>
   <si>
     <t>5.06</t>
   </si>