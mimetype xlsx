--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -41,69 +41,69 @@
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Trofim Babin</t>
   </si>
   <si>
     <t>41.70</t>
   </si>
   <si>
     <t>33.70</t>
   </si>
   <si>
     <t>Dmitriy Kukuev</t>
   </si>
   <si>
     <t>51.59</t>
   </si>
   <si>
-    <t>43.57</t>
+    <t>46.68</t>
   </si>
   <si>
     <t>Vladislav Dʹyakonov</t>
   </si>
   <si>
     <t>1:03.34</t>
   </si>
   <si>
     <t>57.17</t>
   </si>
   <si>
     <t>Nikita Burmistrov</t>
   </si>
   <si>
     <t>1:09.53</t>
   </si>
   <si>
-    <t>59.24</t>
+    <t>1:05.39</t>
   </si>
   <si>
     <t>Egor Solomatov</t>
   </si>
   <si>
     <t>1:17.59</t>
   </si>
   <si>
     <t>59.72</t>
   </si>
   <si>
     <t>Ksenia Esipova</t>
   </si>
   <si>
     <t>1:37.53</t>
   </si>
   <si>
     <t>1:25.37</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>