--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -32,114 +32,114 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Максим Бреднев</t>
   </si>
   <si>
     <t>3.00</t>
   </si>
   <si>
-    <t>1.97</t>
+    <t>2.44</t>
   </si>
   <si>
     <t>Никита Раззамазов</t>
   </si>
   <si>
     <t>3.15</t>
   </si>
   <si>
-    <t>1.71</t>
+    <t>2.36</t>
   </si>
   <si>
     <t>Михаил Сартаков</t>
   </si>
   <si>
     <t>3.79</t>
   </si>
   <si>
-    <t>2.95</t>
+    <t>3.18</t>
   </si>
   <si>
     <t>Ростислав Ефимов</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
     <t>2.46</t>
   </si>
   <si>
     <t>Трофим Бабин</t>
   </si>
   <si>
     <t>3.99</t>
   </si>
   <si>
     <t>2.66</t>
   </si>
   <si>
     <t>Егор Соломатов</t>
   </si>
   <si>
     <t>4.92</t>
   </si>
   <si>
     <t>1.92</t>
   </si>
   <si>
     <t>Владислав Дьяконов</t>
   </si>
   <si>
     <t>5.06</t>
   </si>
   <si>
     <t>3.41</t>
   </si>
   <si>
     <t>Игорь Кайгалов</t>
   </si>
   <si>
-    <t>7.48</t>
-[...2 lines deleted...]
-    <t>4.72</t>
+    <t>7.63</t>
+  </si>
+  <si>
+    <t>6.30</t>
   </si>
   <si>
     <t>Родион Кузнецов</t>
   </si>
   <si>
     <t>8.37</t>
   </si>
   <si>
     <t>7.49</t>
   </si>
   <si>
     <t>Тимофей Вихрянов</t>
   </si>
   <si>
     <t>10.45</t>
   </si>
   <si>
     <t>5.75</t>
   </si>
   <si>
     <t>Татьяна Сибирских</t>
   </si>
   <si>
     <t>11.84</t>
   </si>