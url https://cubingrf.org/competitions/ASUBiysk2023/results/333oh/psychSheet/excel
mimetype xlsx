--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -38,90 +38,90 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Михаил Сартаков</t>
   </si>
   <si>
     <t>18.96</t>
   </si>
   <si>
     <t>16.89</t>
   </si>
   <si>
     <t>Никита Раззамазов</t>
   </si>
   <si>
-    <t>20.74</t>
-[...2 lines deleted...]
-    <t>17.03</t>
+    <t>22.26</t>
+  </si>
+  <si>
+    <t>17.99</t>
   </si>
   <si>
     <t>Ростислав Ефимов</t>
   </si>
   <si>
     <t>22.35</t>
   </si>
   <si>
     <t>16.19</t>
   </si>
   <si>
     <t>Трофим Бабин</t>
   </si>
   <si>
     <t>25.07</t>
   </si>
   <si>
     <t>20.66</t>
   </si>
   <si>
     <t>Максим Бреднев</t>
   </si>
   <si>
-    <t>27.96</t>
-[...2 lines deleted...]
-    <t>21.82</t>
+    <t>27.74</t>
+  </si>
+  <si>
+    <t>22.15</t>
   </si>
   <si>
     <t>Егор Соломатов</t>
   </si>
   <si>
-    <t>28.94</t>
-[...2 lines deleted...]
-    <t>23.24</t>
+    <t>31.51</t>
+  </si>
+  <si>
+    <t>28.50</t>
   </si>
   <si>
     <t>Владислав Дьяконов</t>
   </si>
   <si>
     <t>35.33</t>
   </si>
   <si>
     <t>31.64</t>
   </si>
   <si>
     <t>Татьяна Сибирских</t>
   </si>
   <si>
     <t>52.19</t>
   </si>
   <si>
     <t>47.13</t>
   </si>
   <si>
     <t>Тимофей Вихрянов</t>
   </si>
   <si>
     <t>1:11.70</t>
   </si>