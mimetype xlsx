--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -38,81 +38,81 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Максим Бреднев</t>
   </si>
   <si>
     <t>5.62</t>
   </si>
   <si>
     <t>4.32</t>
   </si>
   <si>
     <t>Егор Соломатов</t>
   </si>
   <si>
-    <t>7.56</t>
-[...2 lines deleted...]
-    <t>7.11</t>
+    <t>8.13</t>
+  </si>
+  <si>
+    <t>7.32</t>
   </si>
   <si>
     <t>Михаил Сартаков</t>
   </si>
   <si>
-    <t>8.90</t>
-[...2 lines deleted...]
-    <t>8.20</t>
+    <t>10.45</t>
+  </si>
+  <si>
+    <t>8.75</t>
   </si>
   <si>
     <t>Тимофей Вихрянов</t>
   </si>
   <si>
     <t>11.96</t>
   </si>
   <si>
-    <t>10.11</t>
+    <t>11.08</t>
   </si>
   <si>
     <t>Игорь Кайгалов</t>
   </si>
   <si>
-    <t>21.93</t>
-[...2 lines deleted...]
-    <t>17.18</t>
+    <t>34.49</t>
+  </si>
+  <si>
+    <t>26.79</t>
   </si>
   <si>
     <t>Тимофей Зимин</t>
   </si>
   <si>
     <t>40.72</t>
   </si>
   <si>
     <t>36.46</t>
   </si>
   <si>
     <t>Трофим Бабин</t>
   </si>
   <si>
     <t>48.20</t>
   </si>
   <si>
     <t>27.54</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>