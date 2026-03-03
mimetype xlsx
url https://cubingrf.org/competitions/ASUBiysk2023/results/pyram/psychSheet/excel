--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -29,126 +29,126 @@
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Максим Бреднев</t>
   </si>
   <si>
-    <t>2.57</t>
-[...2 lines deleted...]
-    <t>2.05</t>
+    <t>3.34</t>
+  </si>
+  <si>
+    <t>2.29</t>
   </si>
   <si>
     <t>Егор Соломатов</t>
   </si>
   <si>
-    <t>4.72</t>
-[...2 lines deleted...]
-    <t>3.44</t>
+    <t>6.09</t>
+  </si>
+  <si>
+    <t>4.14</t>
+  </si>
+  <si>
+    <t>Трофим Бабин</t>
+  </si>
+  <si>
+    <t>6.32</t>
+  </si>
+  <si>
+    <t>3.81</t>
   </si>
   <si>
     <t>Никита Раззамазов</t>
   </si>
   <si>
-    <t>6.04</t>
-[...11 lines deleted...]
-    <t>3.81</t>
+    <t>7.16</t>
+  </si>
+  <si>
+    <t>5.10</t>
   </si>
   <si>
     <t>Михаил Сартаков</t>
   </si>
   <si>
     <t>7.78</t>
   </si>
   <si>
-    <t>4.90</t>
+    <t>5.37</t>
   </si>
   <si>
     <t>Игорь Кайгалов</t>
   </si>
   <si>
     <t>8.12</t>
   </si>
   <si>
-    <t>6.57</t>
+    <t>6.97</t>
   </si>
   <si>
     <t>Ростислав Ефимов</t>
   </si>
   <si>
     <t>8.26</t>
   </si>
   <si>
     <t>4.20</t>
   </si>
   <si>
     <t>Владислав Дьяконов</t>
   </si>
   <si>
     <t>10.35</t>
   </si>
   <si>
     <t>8.43</t>
   </si>
   <si>
     <t>Тимофей Вихрянов</t>
   </si>
   <si>
     <t>11.57</t>
   </si>
   <si>
-    <t>10.05</t>
+    <t>10.17</t>
   </si>
   <si>
     <t>Евгений Новиков</t>
   </si>
   <si>
     <t>18.05</t>
   </si>
   <si>
     <t>11.17</t>
   </si>
   <si>
     <t>Татьяна Сибирских</t>
   </si>
   <si>
     <t>20.05</t>
   </si>
   <si>
     <t>11.89</t>
   </si>
   <si>
     <t>Тимофей Зимин</t>
   </si>
   <si>
     <t>20.29</t>
   </si>