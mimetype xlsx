--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -29,219 +29,219 @@
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Шевченко</t>
   </si>
   <si>
-    <t>2.11</t>
+    <t>2.02</t>
   </si>
   <si>
     <t>1.16</t>
   </si>
   <si>
     <t>Михаил Копылов</t>
   </si>
   <si>
-    <t>2.79</t>
+    <t>2.64</t>
   </si>
   <si>
     <t>1.82</t>
   </si>
   <si>
     <t>Максим Бреднев</t>
   </si>
   <si>
     <t>3.00</t>
   </si>
   <si>
-    <t>1.97</t>
+    <t>2.44</t>
+  </si>
+  <si>
+    <t>Николай Кузин</t>
+  </si>
+  <si>
+    <t>3.34</t>
+  </si>
+  <si>
+    <t>2.89</t>
+  </si>
+  <si>
+    <t>Алиса Лесникова</t>
+  </si>
+  <si>
+    <t>3.39</t>
+  </si>
+  <si>
+    <t>2.22</t>
+  </si>
+  <si>
+    <t>Михаил Сартаков</t>
+  </si>
+  <si>
+    <t>3.79</t>
+  </si>
+  <si>
+    <t>3.18</t>
+  </si>
+  <si>
+    <t>Илья Любезнов</t>
+  </si>
+  <si>
+    <t>4.04</t>
+  </si>
+  <si>
+    <t>3.66</t>
   </si>
   <si>
     <t>Антон Назаров</t>
   </si>
   <si>
-    <t>3.17</t>
-[...20 lines deleted...]
-    <t>2.22</t>
+    <t>4.21</t>
+  </si>
+  <si>
+    <t>3.35</t>
   </si>
   <si>
     <t>Амина Чебочакова</t>
   </si>
   <si>
-    <t>3.78</t>
-[...11 lines deleted...]
-    <t>2.95</t>
+    <t>4.33</t>
   </si>
   <si>
     <t>Дмитрий Кукуев</t>
   </si>
   <si>
-    <t>3.90</t>
-[...8 lines deleted...]
-    <t>4.04</t>
+    <t>4.37</t>
+  </si>
+  <si>
+    <t>3.80</t>
   </si>
   <si>
     <t>Егор Соломатов</t>
   </si>
   <si>
     <t>4.92</t>
   </si>
   <si>
     <t>1.92</t>
   </si>
   <si>
     <t>Ксения Есипова</t>
   </si>
   <si>
     <t>5.02</t>
   </si>
   <si>
     <t>2.34</t>
   </si>
   <si>
     <t>Никита Должкевич</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
+    <t>3.41</t>
+  </si>
+  <si>
     <t>Владислав Дьяконов</t>
   </si>
   <si>
     <t>5.06</t>
   </si>
   <si>
-    <t>3.41</t>
-[...1 lines deleted...]
-  <si>
     <t>Денис Трубицин</t>
   </si>
   <si>
     <t>5.70</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
     <t>Илья Бойко</t>
   </si>
   <si>
     <t>5.90</t>
   </si>
   <si>
-    <t>3.05</t>
+    <t>5.03</t>
   </si>
   <si>
     <t>Александр Тен</t>
   </si>
   <si>
     <t>5.91</t>
   </si>
   <si>
     <t>4.83</t>
   </si>
   <si>
     <t>Матвей Балобанов</t>
   </si>
   <si>
     <t>6.07</t>
   </si>
   <si>
-    <t>2.93</t>
+    <t>3.49</t>
   </si>
   <si>
     <t>Никита Бурмистров</t>
   </si>
   <si>
     <t>6.46</t>
   </si>
   <si>
     <t>3.86</t>
   </si>
   <si>
     <t>Игорь Кайгалов</t>
   </si>
   <si>
-    <t>7.48</t>
-[...2 lines deleted...]
-    <t>4.72</t>
+    <t>7.63</t>
+  </si>
+  <si>
+    <t>6.30</t>
   </si>
   <si>
     <t>Родион Кузнецов</t>
   </si>
   <si>
     <t>8.37</t>
   </si>
   <si>
     <t>7.49</t>
   </si>
   <si>
     <t>Тимофей Вихрянов</t>
   </si>
   <si>
     <t>10.45</t>
   </si>
   <si>
     <t>5.75</t>
   </si>
   <si>
     <t>Лев Косарецкий</t>
   </si>
   <si>
     <t>15.08</t>
   </si>
@@ -748,121 +748,121 @@
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>44</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D16" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>48</v>