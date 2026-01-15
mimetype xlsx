--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,312 +17,312 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Mikhail Kopylov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Михаил Копылов</t>
   </si>
   <si>
     <t>7.38</t>
   </si>
   <si>
     <t>6.45</t>
   </si>
   <si>
-    <t>Amina Chebochakova</t>
+    <t>Амина Чебочакова</t>
   </si>
   <si>
     <t>8.92</t>
   </si>
   <si>
     <t>8.31</t>
   </si>
   <si>
-    <t>Dmitriy Shevchenko</t>
+    <t>Дмитрий Шевченко</t>
   </si>
   <si>
     <t>8.98</t>
   </si>
   <si>
     <t>7.50</t>
   </si>
   <si>
-    <t>Anton Nazarov</t>
+    <t>Антон Назаров</t>
   </si>
   <si>
     <t>9.63</t>
   </si>
   <si>
     <t>8.40</t>
   </si>
   <si>
-    <t>Maxim Brednev</t>
+    <t>Максим Бреднев</t>
   </si>
   <si>
     <t>9.67</t>
   </si>
   <si>
     <t>8.02</t>
   </si>
   <si>
-    <t>Mikhail Sartakov</t>
+    <t>Михаил Сартаков</t>
   </si>
   <si>
     <t>10.15</t>
   </si>
   <si>
     <t>8.70</t>
   </si>
   <si>
-    <t>Nikolai Kuzin</t>
+    <t>Николай Кузин</t>
   </si>
   <si>
     <t>10.41</t>
   </si>
   <si>
     <t>8.26</t>
   </si>
   <si>
-    <t>Dmitriy Kukuev</t>
+    <t>Дмитрий Кукуев</t>
   </si>
   <si>
     <t>11.70</t>
   </si>
   <si>
     <t>9.77</t>
   </si>
   <si>
-    <t>Alisa Lesnikova</t>
+    <t>Алиса Лесникова</t>
   </si>
   <si>
     <t>12.54</t>
   </si>
   <si>
     <t>10.29</t>
   </si>
   <si>
-    <t>Maksim Ilʹin</t>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>14.17</t>
   </si>
   <si>
     <t>9.99</t>
   </si>
   <si>
-    <t>Ilya Lubeznov</t>
+    <t>Илья Любезнов</t>
   </si>
   <si>
     <t>14.29</t>
   </si>
   <si>
     <t>12.46</t>
   </si>
   <si>
-    <t>Vladislav Dʹyakonov</t>
+    <t>Владислав Дьяконов</t>
   </si>
   <si>
     <t>14.68</t>
   </si>
   <si>
     <t>12.60</t>
   </si>
   <si>
-    <t>Egor Solomatov</t>
+    <t>Егор Соломатов</t>
   </si>
   <si>
     <t>14.94</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
-    <t>Ilya Boyko</t>
+    <t>Илья Бойко</t>
   </si>
   <si>
     <t>15.07</t>
   </si>
   <si>
     <t>13.09</t>
   </si>
   <si>
-    <t>Denis Trubitsyn</t>
+    <t>Денис Трубицин</t>
   </si>
   <si>
     <t>16.25</t>
   </si>
   <si>
     <t>13.74</t>
   </si>
   <si>
-    <t>Evgenii Loginov</t>
+    <t>Евгений Логинов</t>
   </si>
   <si>
     <t>16.33</t>
   </si>
   <si>
     <t>14.28</t>
   </si>
   <si>
-    <t>Nikita Dolzhkevich</t>
+    <t>Никита Должкевич</t>
   </si>
   <si>
     <t>16.91</t>
   </si>
   <si>
     <t>13.58</t>
   </si>
   <si>
-    <t>Matvei Balobanov</t>
+    <t>Матвей Балобанов</t>
   </si>
   <si>
     <t>17.79</t>
   </si>
   <si>
     <t>15.67</t>
   </si>
   <si>
-    <t>Nikita Burmistrov</t>
+    <t>Никита Бурмистров</t>
   </si>
   <si>
     <t>17.83</t>
   </si>
   <si>
     <t>14.52</t>
   </si>
   <si>
-    <t>Ksenia Esipova</t>
+    <t>Ксения Есипова</t>
   </si>
   <si>
     <t>19.07</t>
   </si>
   <si>
     <t>15.85</t>
   </si>
   <si>
-    <t>Svetlana Baskakova</t>
+    <t>Светлана Баскакова</t>
   </si>
   <si>
     <t>20.10</t>
   </si>
   <si>
     <t>15.61</t>
   </si>
   <si>
-    <t>Igor Kaigalov</t>
+    <t>Игорь Кайгалов</t>
   </si>
   <si>
     <t>21.30</t>
   </si>
   <si>
     <t>18.33</t>
   </si>
   <si>
-    <t>Aleksandr Ten</t>
+    <t>Александр Тен</t>
   </si>
   <si>
     <t>21.57</t>
   </si>
   <si>
     <t>17.70</t>
   </si>
   <si>
-    <t>Boris Skopa</t>
+    <t>Борис Скопа</t>
   </si>
   <si>
     <t>24.18</t>
   </si>
   <si>
     <t>17.56</t>
   </si>
   <si>
-    <t>Rodion Kuznetsov</t>
+    <t>Родион Кузнецов</t>
   </si>
   <si>
     <t>26.22</t>
   </si>
   <si>
     <t>20.79</t>
   </si>
   <si>
-    <t>Yegor Godovalov</t>
+    <t>Егор Годовалов</t>
   </si>
   <si>
     <t>26.91</t>
   </si>
   <si>
     <t>20.07</t>
   </si>
   <si>
-    <t>Timofei Vikhrianov</t>
+    <t>Тимофей Вихрянов</t>
   </si>
   <si>
     <t>29.69</t>
   </si>
   <si>
     <t>26.35</t>
   </si>
   <si>
-    <t>Mikhail Shcheglov</t>
+    <t>Михаил Щеглов</t>
   </si>
   <si>
     <t>33.37</t>
   </si>
   <si>
     <t>24.19</t>
   </si>
   <si>
-    <t>Lev Kosaretskiy</t>
+    <t>Лев Косарецкий</t>
   </si>
   <si>
     <t>1:01.17</t>
   </si>
   <si>
     <t>48.65</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -651,53 +651,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C30" sqref="C30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>