--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -32,249 +32,249 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Михаил Копылов</t>
   </si>
   <si>
     <t>7.38</t>
   </si>
   <si>
-    <t>6.45</t>
+    <t>5.83</t>
   </si>
   <si>
     <t>Амина Чебочакова</t>
   </si>
   <si>
     <t>8.92</t>
   </si>
   <si>
     <t>8.31</t>
   </si>
   <si>
     <t>Дмитрий Шевченко</t>
   </si>
   <si>
     <t>8.98</t>
   </si>
   <si>
-    <t>7.50</t>
+    <t>7.88</t>
+  </si>
+  <si>
+    <t>Максим Бреднев</t>
+  </si>
+  <si>
+    <t>9.18</t>
+  </si>
+  <si>
+    <t>7.86</t>
   </si>
   <si>
     <t>Антон Назаров</t>
   </si>
   <si>
     <t>9.63</t>
   </si>
   <si>
     <t>8.40</t>
   </si>
   <si>
-    <t>Максим Бреднев</t>
-[...5 lines deleted...]
-    <t>8.02</t>
+    <t>Николай Кузин</t>
+  </si>
+  <si>
+    <t>10.41</t>
+  </si>
+  <si>
+    <t>8.04</t>
   </si>
   <si>
     <t>Михаил Сартаков</t>
   </si>
   <si>
-    <t>10.15</t>
+    <t>10.52</t>
   </si>
   <si>
     <t>8.70</t>
   </si>
   <si>
-    <t>Николай Кузин</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Кукуев</t>
   </si>
   <si>
     <t>11.70</t>
   </si>
   <si>
-    <t>9.77</t>
+    <t>9.87</t>
   </si>
   <si>
     <t>Алиса Лесникова</t>
   </si>
   <si>
     <t>12.54</t>
   </si>
   <si>
     <t>10.29</t>
   </si>
   <si>
     <t>Максим Ильин</t>
   </si>
   <si>
     <t>14.17</t>
   </si>
   <si>
     <t>9.99</t>
   </si>
   <si>
     <t>Илья Любезнов</t>
   </si>
   <si>
     <t>14.29</t>
   </si>
   <si>
     <t>12.46</t>
   </si>
   <si>
     <t>Владислав Дьяконов</t>
   </si>
   <si>
     <t>14.68</t>
   </si>
   <si>
     <t>12.60</t>
   </si>
   <si>
     <t>Егор Соломатов</t>
   </si>
   <si>
     <t>14.94</t>
   </si>
   <si>
-    <t>12.98</t>
+    <t>13.20</t>
   </si>
   <si>
     <t>Илья Бойко</t>
   </si>
   <si>
     <t>15.07</t>
   </si>
   <si>
     <t>13.09</t>
   </si>
   <si>
     <t>Денис Трубицин</t>
   </si>
   <si>
     <t>16.25</t>
   </si>
   <si>
     <t>13.74</t>
   </si>
   <si>
+    <t>Никита Должкевич</t>
+  </si>
+  <si>
+    <t>16.91</t>
+  </si>
+  <si>
+    <t>13.58</t>
+  </si>
+  <si>
+    <t>Матвей Балобанов</t>
+  </si>
+  <si>
+    <t>17.79</t>
+  </si>
+  <si>
+    <t>15.67</t>
+  </si>
+  <si>
+    <t>Никита Бурмистров</t>
+  </si>
+  <si>
+    <t>18.04</t>
+  </si>
+  <si>
+    <t>16.79</t>
+  </si>
+  <si>
     <t>Евгений Логинов</t>
   </si>
   <si>
-    <t>16.33</t>
-[...29 lines deleted...]
-    <t>14.52</t>
+    <t>18.09</t>
+  </si>
+  <si>
+    <t>16.23</t>
   </si>
   <si>
     <t>Ксения Есипова</t>
   </si>
   <si>
     <t>19.07</t>
   </si>
   <si>
-    <t>15.85</t>
+    <t>17.67</t>
+  </si>
+  <si>
+    <t>Александр Тен</t>
+  </si>
+  <si>
+    <t>21.57</t>
+  </si>
+  <si>
+    <t>17.70</t>
   </si>
   <si>
     <t>Светлана Баскакова</t>
   </si>
   <si>
-    <t>20.10</t>
+    <t>22.61</t>
   </si>
   <si>
     <t>15.61</t>
   </si>
   <si>
     <t>Игорь Кайгалов</t>
   </si>
   <si>
-    <t>21.30</t>
-[...11 lines deleted...]
-    <t>17.70</t>
+    <t>23.08</t>
+  </si>
+  <si>
+    <t>20.47</t>
   </si>
   <si>
     <t>Борис Скопа</t>
   </si>
   <si>
     <t>24.18</t>
   </si>
   <si>
     <t>17.56</t>
   </si>
   <si>
     <t>Родион Кузнецов</t>
   </si>
   <si>
     <t>26.22</t>
   </si>
   <si>
     <t>20.79</t>
   </si>
   <si>
     <t>Егор Годовалов</t>
   </si>
   <si>
     <t>26.91</t>
   </si>