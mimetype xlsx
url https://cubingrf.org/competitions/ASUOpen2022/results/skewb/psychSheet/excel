--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -26,120 +26,120 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Егор Соломатов</t>
+  </si>
+  <si>
+    <t>5.14</t>
+  </si>
+  <si>
+    <t>3.53</t>
+  </si>
+  <si>
     <t>Максим Бреднев</t>
   </si>
   <si>
-    <t>4.12</t>
-[...2 lines deleted...]
-    <t>3.64</t>
+    <t>5.52</t>
+  </si>
+  <si>
+    <t>4.35</t>
   </si>
   <si>
     <t>Дмитрий Кукуев</t>
   </si>
   <si>
-    <t>4.96</t>
-[...11 lines deleted...]
-    <t>2.98</t>
+    <t>5.88</t>
+  </si>
+  <si>
+    <t>5.33</t>
+  </si>
+  <si>
+    <t>Илья Любезнов</t>
+  </si>
+  <si>
+    <t>8.29</t>
+  </si>
+  <si>
+    <t>6.85</t>
+  </si>
+  <si>
+    <t>Амина Чебочакова</t>
+  </si>
+  <si>
+    <t>8.30</t>
+  </si>
+  <si>
+    <t>3.33</t>
   </si>
   <si>
     <t>Антон Назаров</t>
   </si>
   <si>
-    <t>7.14</t>
-[...20 lines deleted...]
-    <t>6.85</t>
+    <t>8.48</t>
+  </si>
+  <si>
+    <t>6.39</t>
+  </si>
+  <si>
+    <t>Егор Годовалов</t>
+  </si>
+  <si>
+    <t>8.56</t>
+  </si>
+  <si>
+    <t>3.20</t>
   </si>
   <si>
     <t>Дмитрий Шевченко</t>
   </si>
   <si>
-    <t>8.45</t>
-[...11 lines deleted...]
-    <t>3.20</t>
+    <t>10.80</t>
+  </si>
+  <si>
+    <t>6.37</t>
   </si>
   <si>
     <t>Алиса Лесникова</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>Ксения Есипова</t>
   </si>
   <si>
     <t>12.61</t>
   </si>
   <si>
     <t>7.13</t>
   </si>
   <si>
     <t>Денис Трубицин</t>
   </si>
   <si>
     <t>17.50</t>
   </si>