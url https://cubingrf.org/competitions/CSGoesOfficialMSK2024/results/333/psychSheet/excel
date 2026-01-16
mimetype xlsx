--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -77,51 +77,51 @@
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>Дмитрий Бобыкин</t>
   </si>
   <si>
     <t>13.03</t>
   </si>
   <si>
     <t>10.98</t>
   </si>
   <si>
     <t>Александр Минко</t>
   </si>
   <si>
     <t>14.22</t>
   </si>
   <si>
-    <t>12.14</t>
+    <t>12.03</t>
   </si>
   <si>
     <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>16.40</t>
   </si>
   <si>
     <t>12.66</t>
   </si>
   <si>
     <t>Артём Лян</t>
   </si>
   <si>
     <t>18.74</t>
   </si>
   <si>
     <t>17.42</t>
   </si>
   <si>
     <t>Владислав Кравченко</t>
   </si>
   <si>
     <t>18.79</t>
   </si>