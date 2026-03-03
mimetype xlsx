--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -29,126 +29,126 @@
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
-    <t>7.83</t>
+    <t>7.98</t>
   </si>
   <si>
     <t>6.06</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>8.29</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
     <t>Иван Стрешинский</t>
   </si>
   <si>
-    <t>10.10</t>
+    <t>10.38</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>Дмитрий Бобыкин</t>
   </si>
   <si>
     <t>13.03</t>
   </si>
   <si>
     <t>10.98</t>
   </si>
   <si>
     <t>Александр Минко</t>
   </si>
   <si>
-    <t>14.22</t>
-[...2 lines deleted...]
-    <t>12.03</t>
+    <t>13.88</t>
+  </si>
+  <si>
+    <t>11.95</t>
   </si>
   <si>
     <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>16.40</t>
   </si>
   <si>
     <t>12.66</t>
   </si>
   <si>
     <t>Артём Лян</t>
   </si>
   <si>
     <t>18.74</t>
   </si>
   <si>
     <t>17.42</t>
   </si>
   <si>
     <t>Владислав Кравченко</t>
   </si>
   <si>
     <t>18.79</t>
   </si>
   <si>
-    <t>16.71</t>
+    <t>16.83</t>
   </si>
   <si>
     <t>Виктор Иванов</t>
   </si>
   <si>
     <t>22.81</t>
   </si>
   <si>
     <t>19.10</t>
   </si>
   <si>
     <t>Даниил Перфильев</t>
   </si>
   <si>
     <t>23.16</t>
   </si>
   <si>
     <t>20.53</t>
   </si>
   <si>
     <t>Артём Абакумов</t>
   </si>
   <si>
     <t>23.80</t>
   </si>