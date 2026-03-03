--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -12,560 +12,557 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>2.56</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>3.11</t>
   </si>
   <si>
     <t>1.66</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
     <t>1.87</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>3.87</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
-    <t>Oleg Kremlyov</t>
+    <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>3.89</t>
   </si>
   <si>
     <t>2.24</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
-    <t>2.76</t>
-[...2 lines deleted...]
-    <t>Maksim Ammosov</t>
+    <t>2.77</t>
+  </si>
+  <si>
+    <t>Максим Аммосов</t>
   </si>
   <si>
     <t>4.13</t>
   </si>
   <si>
     <t>2.45</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...8 lines deleted...]
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>4.38</t>
   </si>
   <si>
     <t>2.60</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>4.63</t>
+  </si>
+  <si>
+    <t>2.81</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>4.68</t>
   </si>
   <si>
     <t>2.65</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
-    <t>Martin Nikolayev</t>
+    <t>Мартин Николаев</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
-    <t>Nikita Brylin</t>
+    <t>Никита Брылин</t>
   </si>
   <si>
     <t>6.08</t>
   </si>
   <si>
     <t>3.69</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>6.52</t>
   </si>
   <si>
     <t>3.63</t>
   </si>
   <si>
-    <t>Roman Samvelyan</t>
+    <t>Роман Самвелян</t>
   </si>
   <si>
     <t>6.61</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>7.34</t>
   </si>
   <si>
     <t>5.40</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>8.24</t>
   </si>
   <si>
     <t>4.66</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>8.71</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
-    <t>Pëtr Yunin</t>
+    <t>Пётр Юнин</t>
   </si>
   <si>
     <t>8.73</t>
   </si>
   <si>
     <t>4.58</t>
   </si>
   <si>
-    <t>Elisey Akimenkov</t>
+    <t>Елисей Акименков</t>
   </si>
   <si>
     <t>10.02</t>
   </si>
   <si>
     <t>7.54</t>
   </si>
   <si>
-    <t>Artemiy Stukarchuk</t>
+    <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>10.51</t>
   </si>
   <si>
     <t>7.10</t>
   </si>
   <si>
-    <t>Alexander Ermakov</t>
-[...2 lines deleted...]
-    <t>10.59</t>
+    <t>Александр Ермаков</t>
+  </si>
+  <si>
+    <t>11.26</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
     <t>6.05</t>
   </si>
   <si>
-    <t>Irina Popova</t>
+    <t>Ирина Попова</t>
   </si>
   <si>
     <t>11.61</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
-    <t>Mikhail Gladchenko</t>
+    <t>Роман Трофимов</t>
+  </si>
+  <si>
+    <t>12.13</t>
+  </si>
+  <si>
+    <t>8.23</t>
+  </si>
+  <si>
+    <t>Михаил Гладченко</t>
   </si>
   <si>
     <t>12.30</t>
   </si>
   <si>
     <t>9.29</t>
   </si>
   <si>
-    <t>Lev Leventsov</t>
+    <t>Лев Левенцов</t>
   </si>
   <si>
     <t>12.81</t>
   </si>
   <si>
     <t>9.20</t>
   </si>
   <si>
-    <t>Roman Trofimov</t>
-[...8 lines deleted...]
-    <t>Timofey Dmitriyev</t>
+    <t>Тимофей Дмитриев</t>
   </si>
   <si>
     <t>13.46</t>
   </si>
   <si>
     <t>9.44</t>
   </si>
   <si>
-    <t>Ivan Nikulin</t>
+    <t>Иван Никулин</t>
   </si>
   <si>
     <t>13.70</t>
   </si>
   <si>
     <t>6.54</t>
   </si>
   <si>
-    <t>Miron Golovatyi</t>
+    <t>Мирон Головатый</t>
   </si>
   <si>
     <t>13.74</t>
   </si>
   <si>
     <t>10.32</t>
   </si>
   <si>
-    <t>Ivan Shevchenko</t>
+    <t>Иван Шевченко</t>
   </si>
   <si>
     <t>13.75</t>
   </si>
   <si>
     <t>8.47</t>
   </si>
   <si>
-    <t>Viktor Mukkonen</t>
+    <t>Виктор Мукконен</t>
   </si>
   <si>
     <t>14.11</t>
   </si>
   <si>
     <t>7.33</t>
   </si>
   <si>
-    <t>Erzhan Dzhaumutbaev</t>
-[...14 lines deleted...]
-    <t>Semion Garasim</t>
+    <t>Семён Гарасим</t>
   </si>
   <si>
     <t>15.23</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
-    <t>Anton Semidetko</t>
+    <t>Антон Семидетко</t>
   </si>
   <si>
     <t>15.52</t>
   </si>
   <si>
     <t>7.96</t>
   </si>
   <si>
-    <t>Ivan Shinkin</t>
+    <t>Иван Шинкин</t>
   </si>
   <si>
     <t>15.72</t>
   </si>
   <si>
     <t>7.00</t>
   </si>
   <si>
-    <t>George Markarian</t>
+    <t>Георгий Маркарян</t>
   </si>
   <si>
     <t>16.29</t>
   </si>
   <si>
     <t>11.25</t>
   </si>
   <si>
-    <t>Maksim Pestov</t>
+    <t>Максим Пестов</t>
   </si>
   <si>
     <t>17.70</t>
   </si>
   <si>
     <t>9.46</t>
   </si>
   <si>
-    <t>Yaroslav Ulyukayev</t>
+    <t>Ярослав Улюкаев</t>
   </si>
   <si>
     <t>18.75</t>
   </si>
   <si>
     <t>12.69</t>
   </si>
   <si>
-    <t>Arsenii Umarov</t>
+    <t>Арсений Умаров</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
     <t>9.61</t>
   </si>
   <si>
-    <t>Sergey Peters</t>
+    <t>Матвей Кузнецов</t>
+  </si>
+  <si>
+    <t>19.78</t>
+  </si>
+  <si>
+    <t>15.01</t>
+  </si>
+  <si>
+    <t>Сергей Петерс</t>
   </si>
   <si>
     <t>21.24</t>
   </si>
   <si>
     <t>17.84</t>
   </si>
   <si>
-    <t>Kirill Nurmukhamedov</t>
+    <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>21.97</t>
   </si>
   <si>
     <t>16.74</t>
   </si>
   <si>
-    <t>Maksim Govor</t>
+    <t>Максим Говор</t>
   </si>
   <si>
     <t>22.58</t>
   </si>
   <si>
     <t>19.58</t>
   </si>
   <si>
-    <t>Kira Gladchenko</t>
+    <t>Кира Гладченко</t>
   </si>
   <si>
     <t>26.28</t>
   </si>
   <si>
     <t>21.61</t>
   </si>
   <si>
-    <t>Andrey Markov</t>
+    <t>Андрей Марков</t>
   </si>
   <si>
     <t>28.01</t>
   </si>
   <si>
     <t>17.67</t>
   </si>
   <si>
-    <t>Anna Novosad</t>
+    <t>Анна Новосад</t>
   </si>
   <si>
     <t>28.05</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
-    <t>Nikita Bryanskyi</t>
+    <t>Никита Брянский</t>
   </si>
   <si>
     <t>29.88</t>
   </si>
   <si>
     <t>11.79</t>
   </si>
   <si>
-    <t>Taisiya Semenikhina</t>
+    <t>Таисия Семенихина</t>
   </si>
   <si>
     <t>32.49</t>
   </si>
   <si>
     <t>21.09</t>
   </si>
   <si>
-    <t>Yegor Shchukin</t>
+    <t>Егор Щукин</t>
   </si>
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>27.46</t>
   </si>
   <si>
-    <t>Matvey Shapko</t>
+    <t>Матвей Шапко</t>
   </si>
   <si>
     <t>47.52</t>
   </si>
   <si>
     <t>39.62</t>
   </si>
   <si>
-    <t>Ivan Detushev</t>
+    <t>Иван Детушев</t>
   </si>
   <si>
     <t>27.90</t>
   </si>
   <si>
-    <t>Grigoriy Levinets</t>
-[...5 lines deleted...]
-    <t>Lev Subbotin</t>
+    <t>Григорий Левинец</t>
+  </si>
+  <si>
+    <t>Ержан Джаумутбаев</t>
+  </si>
+  <si>
+    <t>Илья Рубичев</t>
+  </si>
+  <si>
+    <t>Лев Субботин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -888,53 +885,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C59" sqref="C59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1405,335 +1402,327 @@
         <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>106</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D36" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>109</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D37" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D38" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D39" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D40" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D41" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D42" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D43" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D44" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D45" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D46" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D47" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D48" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D49" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D50" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D51" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D52" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D53" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D54" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="C55" s="1" t="s">
         <v>163</v>
       </c>
+      <c r="C55" s="1"/>
       <c r="D55" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="56" spans="1:4">
-      <c r="A56">
-[...1 lines deleted...]
-      </c>
       <c r="B56" t="s">
         <v>165</v>
       </c>
       <c r="C56" s="1"/>
-      <c r="D56" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="B57" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C57" s="1"/>
     </row>
     <row r="58" spans="1:4">
       <c r="B58" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C58" s="1"/>
     </row>
     <row r="59" spans="1:4">
       <c r="B59" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C59" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>