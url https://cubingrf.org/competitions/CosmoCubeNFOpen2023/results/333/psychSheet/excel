--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,720 +17,720 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Gundin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>6.66</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>7.83</t>
   </si>
   <si>
     <t>6.06</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
     <t>6.60</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>8.00</t>
   </si>
   <si>
     <t>6.10</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
   <si>
     <t>6.24</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>8.49</t>
   </si>
   <si>
     <t>7.81</t>
   </si>
   <si>
-    <t>Nikolai Masson</t>
+    <t>Николай Массон</t>
   </si>
   <si>
     <t>8.57</t>
   </si>
   <si>
     <t>6.36</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>8.60</t>
   </si>
   <si>
     <t>7.40</t>
   </si>
   <si>
-    <t>Alexander Ermakov</t>
+    <t>Александр Ермаков</t>
   </si>
   <si>
     <t>9.16</t>
   </si>
   <si>
     <t>7.33</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>9.71</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
-    <t>Martin Nikolayev</t>
+    <t>Мартин Николаев</t>
   </si>
   <si>
     <t>9.85</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
-    <t>Ivan Streshinskiy</t>
+    <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>10.10</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
-[...2 lines deleted...]
-    <t>10.61</t>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>10.27</t>
   </si>
   <si>
     <t>7.68</t>
   </si>
   <si>
-    <t>Kseniya Zyryanova</t>
+    <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>10.65</t>
   </si>
   <si>
     <t>8.65</t>
   </si>
   <si>
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>10.68</t>
   </si>
   <si>
     <t>8.75</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
     <t>8.62</t>
   </si>
   <si>
-    <t>Oleg Demchuk</t>
+    <t>Олег Демчук</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
-    <t>Kirill Nurmukhamedov</t>
+    <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>11.33</t>
   </si>
   <si>
     <t>9.25</t>
   </si>
   <si>
-    <t>Roman Samvelyan</t>
+    <t>Роман Самвелян</t>
   </si>
   <si>
     <t>11.37</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>11.41</t>
   </si>
   <si>
     <t>7.78</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Степан Матвеев</t>
+  </si>
+  <si>
+    <t>11.59</t>
+  </si>
+  <si>
+    <t>8.35</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>11.73</t>
   </si>
   <si>
     <t>9.58</t>
   </si>
   <si>
-    <t>Stepan Matveev</t>
-[...8 lines deleted...]
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>12.77</t>
   </si>
   <si>
     <t>9.84</t>
   </si>
   <si>
-    <t>Maxim Chechnev</t>
+    <t>Максим Чечнев</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
-    <t>Kristina Koroleva</t>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>14.76</t>
   </si>
   <si>
     <t>13.33</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
-    <t>Georgiy Golosov</t>
+    <t>Георгий Голосов</t>
   </si>
   <si>
     <t>16.15</t>
   </si>
   <si>
     <t>11.96</t>
   </si>
   <si>
-    <t>Irina Popova</t>
+    <t>Ирина Попова</t>
   </si>
   <si>
     <t>17.43</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Arseniy Khrushchev</t>
+    <t>Арсений Хрущев</t>
   </si>
   <si>
     <t>17.77</t>
   </si>
   <si>
     <t>15.24</t>
   </si>
   <si>
-    <t>Aleksandr Cheban</t>
+    <t>Александр Чебан</t>
   </si>
   <si>
     <t>18.73</t>
   </si>
   <si>
     <t>16.25</t>
   </si>
   <si>
-    <t>Pëtr Yunin</t>
+    <t>Пётр Юнин</t>
   </si>
   <si>
     <t>20.15</t>
   </si>
   <si>
     <t>15.31</t>
   </si>
   <si>
-    <t>Demid Dʹyachkov</t>
+    <t>Демид Дьячков</t>
   </si>
   <si>
     <t>23.68</t>
   </si>
   <si>
     <t>18.15</t>
   </si>
   <si>
-    <t>Olʹga Kun</t>
+    <t>Ольга Кун</t>
   </si>
   <si>
     <t>25.45</t>
   </si>
   <si>
     <t>21.49</t>
   </si>
   <si>
-    <t>Timofey Ivchenko</t>
+    <t>Тимофей Ивченко</t>
   </si>
   <si>
     <t>26.87</t>
   </si>
   <si>
     <t>22.26</t>
   </si>
   <si>
-    <t>Aleksey Fedotov</t>
+    <t>Алексей Федотов</t>
   </si>
   <si>
     <t>27.12</t>
   </si>
   <si>
     <t>23.57</t>
   </si>
   <si>
-    <t>Arkadiy Ushmodin</t>
+    <t>Аркадий Ушмодин</t>
   </si>
   <si>
     <t>27.44</t>
   </si>
   <si>
     <t>23.47</t>
   </si>
   <si>
-    <t>Konstantin Sokolov</t>
+    <t>Андрей Марков</t>
+  </si>
+  <si>
+    <t>28.75</t>
+  </si>
+  <si>
+    <t>22.32</t>
+  </si>
+  <si>
+    <t>Константин Соколов</t>
   </si>
   <si>
     <t>30.10</t>
   </si>
   <si>
     <t>23.59</t>
   </si>
   <si>
-    <t>Ivan Nikulin</t>
+    <t>Иван Никулин</t>
   </si>
   <si>
     <t>30.23</t>
   </si>
   <si>
     <t>28.88</t>
   </si>
   <si>
-    <t>Maksim Kabanov</t>
+    <t>Максим Кабанов</t>
   </si>
   <si>
     <t>30.35</t>
   </si>
   <si>
     <t>26.51</t>
   </si>
   <si>
-    <t>Mikhail Losev</t>
+    <t>Михаил Лосев</t>
   </si>
   <si>
     <t>30.67</t>
   </si>
   <si>
     <t>24.49</t>
   </si>
   <si>
-    <t>Gleb Velikanov</t>
+    <t>Глеб Великанов</t>
   </si>
   <si>
     <t>31.35</t>
   </si>
   <si>
     <t>26.44</t>
   </si>
   <si>
-    <t>Nikolay Galuzinskiy</t>
+    <t>Николай Галузинский</t>
   </si>
   <si>
     <t>33.53</t>
   </si>
   <si>
     <t>30.49</t>
   </si>
   <si>
-    <t>Andrey Markov</t>
-[...8 lines deleted...]
-    <t>Matvey Sudakov</t>
+    <t>Матвей Судаков</t>
   </si>
   <si>
     <t>34.30</t>
   </si>
   <si>
     <t>32.20</t>
   </si>
   <si>
-    <t>Yaroslav Ulyukayev</t>
+    <t>Ярослав Улюкаев</t>
   </si>
   <si>
     <t>37.99</t>
   </si>
   <si>
     <t>30.31</t>
   </si>
   <si>
-    <t>Roman Trofimov</t>
+    <t>Роман Трофимов</t>
   </si>
   <si>
     <t>39.69</t>
   </si>
   <si>
     <t>31.32</t>
   </si>
   <si>
-    <t>Lukerʹya Lavrentʹyeva</t>
+    <t>Лукерья Лаврентьева</t>
   </si>
   <si>
     <t>41.09</t>
   </si>
   <si>
     <t>36.70</t>
   </si>
   <si>
-    <t>Konstantin Davidovich</t>
+    <t>Константин Давидович</t>
   </si>
   <si>
     <t>41.51</t>
   </si>
   <si>
     <t>36.74</t>
   </si>
   <si>
-    <t>Emilʹ Rozhkov</t>
+    <t>Эмиль Рожков</t>
   </si>
   <si>
     <t>44.15</t>
   </si>
   <si>
     <t>40.06</t>
   </si>
   <si>
-    <t>Anna Novosad</t>
+    <t>Анна Новосад</t>
   </si>
   <si>
     <t>44.20</t>
   </si>
   <si>
     <t>39.48</t>
   </si>
   <si>
-    <t>Mikhail Silkin</t>
+    <t>Михаил Силкин</t>
   </si>
   <si>
     <t>45.33</t>
   </si>
   <si>
     <t>33.37</t>
   </si>
   <si>
-    <t>Lukʹyan Kireyev</t>
+    <t>Лукьян Киреев</t>
   </si>
   <si>
     <t>45.37</t>
   </si>
   <si>
     <t>32.82</t>
   </si>
   <si>
-    <t>Taisiya Semenikhina</t>
+    <t>Таисия Семенихина</t>
   </si>
   <si>
     <t>46.72</t>
   </si>
   <si>
     <t>27.57</t>
   </si>
   <si>
-    <t>Denis Sergeychikov</t>
+    <t>Денис Сергейчиков</t>
   </si>
   <si>
     <t>47.30</t>
   </si>
   <si>
     <t>39.18</t>
   </si>
   <si>
-    <t>Sergey Cherkasov</t>
+    <t>Сергей Черкасов</t>
   </si>
   <si>
     <t>49.77</t>
   </si>
   <si>
     <t>42.62</t>
   </si>
   <si>
-    <t>Yelizaveta Ushmodina</t>
+    <t>Елизавета Ушмодина</t>
   </si>
   <si>
     <t>50.92</t>
   </si>
   <si>
     <t>41.25</t>
   </si>
   <si>
-    <t>Ivan Yekzhanov</t>
+    <t>Иван Екжанов</t>
   </si>
   <si>
     <t>52.40</t>
   </si>
   <si>
     <t>25.50</t>
   </si>
   <si>
-    <t>Mark Shefer</t>
+    <t>Марк Шефер</t>
   </si>
   <si>
     <t>55.64</t>
   </si>
   <si>
     <t>41.93</t>
   </si>
   <si>
-    <t>Aleksandr Chaplinskiy</t>
+    <t>Александр Чаплинский</t>
   </si>
   <si>
     <t>55.97</t>
   </si>
   <si>
     <t>45.35</t>
   </si>
   <si>
-    <t>Nikolay Basharin</t>
+    <t>Николай Башарин</t>
   </si>
   <si>
     <t>1:01.88</t>
   </si>
   <si>
     <t>47.31</t>
   </si>
   <si>
-    <t>Olya Golovko</t>
+    <t>Оля Головко</t>
   </si>
   <si>
     <t>1:03.04</t>
   </si>
   <si>
     <t>54.77</t>
   </si>
   <si>
-    <t>Yegor Shchukin</t>
+    <t>Егор Щукин</t>
   </si>
   <si>
     <t>1:05.29</t>
   </si>
   <si>
     <t>46.62</t>
   </si>
   <si>
-    <t>Timur Alyamov</t>
+    <t>Тимур Алямов</t>
   </si>
   <si>
     <t>1:06.54</t>
   </si>
   <si>
     <t>50.76</t>
   </si>
   <si>
-    <t>Ivan Detushev</t>
+    <t>Иван Детушев</t>
   </si>
   <si>
     <t>1:10.96</t>
   </si>
   <si>
     <t>59.69</t>
   </si>
   <si>
-    <t>Grigoriy Levinets</t>
+    <t>Григорий Левинец</t>
   </si>
   <si>
     <t>1:25.59</t>
   </si>
   <si>
     <t>1:04.08</t>
   </si>
   <si>
-    <t>Maks Kurochkin</t>
+    <t>Макс Курочкин</t>
   </si>
   <si>
     <t>1:26.07</t>
   </si>
   <si>
     <t>51.85</t>
   </si>
   <si>
-    <t>Aleksandr Golovko</t>
+    <t>Александр Головко</t>
   </si>
   <si>
     <t>1:37.96</t>
   </si>
   <si>
     <t>1:14.89</t>
   </si>
   <si>
-    <t>Kirill Lebedev</t>
+    <t>Кирилл Лебедев</t>
   </si>
   <si>
     <t>2:03.44</t>
   </si>
   <si>
     <t>1:33.15</t>
   </si>
   <si>
-    <t>Anton Ivaniv</t>
+    <t>Антон Иванив</t>
   </si>
   <si>
     <t>2:43.14</t>
   </si>
   <si>
     <t>1:13.67</t>
   </si>
   <si>
-    <t>Anna Levinets</t>
+    <t>Анна Левинец</t>
   </si>
   <si>
     <t>3:34.32</t>
   </si>
   <si>
     <t>2:17.91</t>
   </si>
   <si>
-    <t>Artem Makarenkov</t>
-[...14 lines deleted...]
-    <t>Timofey Semykin</t>
+    <t>Артем Макаренков</t>
+  </si>
+  <si>
+    <t>Артем Мальцев</t>
+  </si>
+  <si>
+    <t>Ева Тищенко</t>
+  </si>
+  <si>
+    <t>Егор Крутяков</t>
+  </si>
+  <si>
+    <t>Лев Паволоцкий</t>
+  </si>
+  <si>
+    <t>Тимофей Семыкин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1053,51 +1053,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C79" sqref="C79"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>