--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -38,285 +38,285 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6.66</t>
+    <t>6.55</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>7.93</t>
+  </si>
+  <si>
+    <t>6.60</t>
+  </si>
+  <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
-    <t>7.83</t>
+    <t>7.98</t>
   </si>
   <si>
     <t>6.06</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...7 lines deleted...]
-  <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>8.00</t>
   </si>
   <si>
     <t>6.10</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
   <si>
     <t>6.24</t>
   </si>
   <si>
     <t>Артём Куликов</t>
   </si>
   <si>
     <t>8.49</t>
   </si>
   <si>
     <t>7.81</t>
   </si>
   <si>
+    <t>Владислав Шуршилин</t>
+  </si>
+  <si>
+    <t>8.60</t>
+  </si>
+  <si>
+    <t>7.20</t>
+  </si>
+  <si>
     <t>Николай Массон</t>
   </si>
   <si>
-    <t>8.57</t>
+    <t>8.66</t>
   </si>
   <si>
     <t>6.36</t>
   </si>
   <si>
-    <t>Владислав Шуршилин</t>
-[...7 lines deleted...]
-  <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>9.16</t>
   </si>
   <si>
     <t>7.33</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>9.71</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>Мартин Николаев</t>
   </si>
   <si>
     <t>9.85</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>10.27</t>
+  </si>
+  <si>
+    <t>7.68</t>
+  </si>
+  <si>
     <t>Иван Стрешинский</t>
   </si>
   <si>
-    <t>10.10</t>
-[...8 lines deleted...]
-    <t>7.68</t>
+    <t>10.38</t>
   </si>
   <si>
     <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>10.65</t>
   </si>
   <si>
     <t>8.65</t>
   </si>
   <si>
     <t>Сергей Марьин</t>
   </si>
   <si>
     <t>10.68</t>
   </si>
   <si>
-    <t>8.75</t>
+    <t>9.45</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
-    <t>8.62</t>
+    <t>9.51</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>11.33</t>
   </si>
   <si>
     <t>9.25</t>
   </si>
   <si>
     <t>Роман Самвелян</t>
   </si>
   <si>
     <t>11.37</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>11.41</t>
   </si>
   <si>
     <t>7.78</t>
   </si>
   <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>11.73</t>
+  </si>
+  <si>
+    <t>9.58</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>12.77</t>
+  </si>
+  <si>
+    <t>9.84</t>
+  </si>
+  <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
-    <t>11.59</t>
-[...20 lines deleted...]
-    <t>9.84</t>
+    <t>12.98</t>
+  </si>
+  <si>
+    <t>11.84</t>
   </si>
   <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
-    <t>11.91</t>
+    <t>11.97</t>
   </si>
   <si>
     <t>Кристина Королёва</t>
   </si>
   <si>
     <t>14.76</t>
   </si>
   <si>
     <t>13.33</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
-    <t>10.01</t>
+    <t>12.84</t>
   </si>
   <si>
     <t>Георгий Голосов</t>
   </si>
   <si>
     <t>16.15</t>
   </si>
   <si>
     <t>11.96</t>
   </si>
   <si>
     <t>Ирина Попова</t>
   </si>
   <si>
     <t>17.43</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
     <t>Арсений Хрущев</t>
   </si>
   <si>
     <t>17.77</t>
   </si>
@@ -554,111 +554,111 @@
   <si>
     <t>49.77</t>
   </si>
   <si>
     <t>42.62</t>
   </si>
   <si>
     <t>Елизавета Ушмодина</t>
   </si>
   <si>
     <t>50.92</t>
   </si>
   <si>
     <t>41.25</t>
   </si>
   <si>
     <t>Иван Екжанов</t>
   </si>
   <si>
     <t>52.40</t>
   </si>
   <si>
     <t>25.50</t>
   </si>
   <si>
+    <t>Александр Чаплинский</t>
+  </si>
+  <si>
+    <t>55.97</t>
+  </si>
+  <si>
+    <t>45.35</t>
+  </si>
+  <si>
+    <t>Николай Башарин</t>
+  </si>
+  <si>
+    <t>1:01.88</t>
+  </si>
+  <si>
+    <t>47.31</t>
+  </si>
+  <si>
+    <t>Оля Головко</t>
+  </si>
+  <si>
+    <t>1:03.04</t>
+  </si>
+  <si>
+    <t>54.77</t>
+  </si>
+  <si>
+    <t>Егор Щукин</t>
+  </si>
+  <si>
+    <t>1:05.29</t>
+  </si>
+  <si>
+    <t>46.62</t>
+  </si>
+  <si>
+    <t>Тимур Алямов</t>
+  </si>
+  <si>
+    <t>1:06.54</t>
+  </si>
+  <si>
+    <t>50.76</t>
+  </si>
+  <si>
+    <t>Иван Детушев</t>
+  </si>
+  <si>
+    <t>1:10.96</t>
+  </si>
+  <si>
+    <t>59.69</t>
+  </si>
+  <si>
     <t>Марк Шефер</t>
   </si>
   <si>
-    <t>55.64</t>
-[...56 lines deleted...]
-    <t>59.69</t>
+    <t>1:24.31</t>
+  </si>
+  <si>
+    <t>1:07.30</t>
   </si>
   <si>
     <t>Григорий Левинец</t>
   </si>
   <si>
     <t>1:25.59</t>
   </si>
   <si>
     <t>1:04.08</t>
   </si>
   <si>
     <t>Макс Курочкин</t>
   </si>
   <si>
     <t>1:26.07</t>
   </si>
   <si>
     <t>51.85</t>
   </si>
   <si>
     <t>Александр Головко</t>
   </si>
   <si>
     <t>1:37.96</t>
   </si>
@@ -1265,65 +1265,65 @@
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D17" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>