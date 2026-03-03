--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,230 +12,230 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.57</t>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>32.99</t>
   </si>
   <si>
     <t>27.07</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>33.52</t>
   </si>
   <si>
     <t>29.38</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>33.96</t>
+  </si>
+  <si>
+    <t>29.15</t>
+  </si>
+  <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>34.53</t>
   </si>
   <si>
     <t>31.25</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...7 lines deleted...]
-  <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>36.21</t>
   </si>
   <si>
     <t>30.98</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>37.52</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
     <t>Николай Массон</t>
   </si>
   <si>
-    <t>39.64</t>
-[...2 lines deleted...]
-    <t>34.02</t>
+    <t>40.19</t>
+  </si>
+  <si>
+    <t>37.57</t>
   </si>
   <si>
     <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>40.43</t>
   </si>
   <si>
     <t>34.42</t>
   </si>
   <si>
     <t>Артём Куликов</t>
   </si>
   <si>
     <t>43.30</t>
   </si>
   <si>
-    <t>37.14</t>
+    <t>37.99</t>
   </si>
   <si>
     <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>43.50</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>44.72</t>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
+    <t>Сергей Марьин</t>
+  </si>
+  <si>
+    <t>45.62</t>
+  </si>
+  <si>
+    <t>39.27</t>
+  </si>
+  <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>46.43</t>
+  </si>
+  <si>
+    <t>37.23</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>48.24</t>
+  </si>
+  <si>
+    <t>42.65</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>49.55</t>
+  </si>
+  <si>
+    <t>42.20</t>
+  </si>
+  <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
-    <t>45.54</t>
-[...38 lines deleted...]
-    <t>42.20</t>
+    <t>53.73</t>
+  </si>
+  <si>
+    <t>49.32</t>
   </si>
   <si>
     <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>54.87</t>
   </si>
   <si>
     <t>49.58</t>
   </si>
   <si>
     <t>Георгий Голосов</t>
   </si>
   <si>
     <t>59.96</t>
   </si>
   <si>
     <t>47.43</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
@@ -257,63 +257,60 @@
   <si>
     <t>1:08.62</t>
   </si>
   <si>
     <t>1:04.92</t>
   </si>
   <si>
     <t>Роман Самвелян</t>
   </si>
   <si>
     <t>1:08.94</t>
   </si>
   <si>
     <t>1:00.57</t>
   </si>
   <si>
     <t>Кристина Королёва</t>
   </si>
   <si>
     <t>1:33.81</t>
   </si>
   <si>
     <t>1:15.31</t>
   </si>
   <si>
+    <t>Демид Дьячков</t>
+  </si>
+  <si>
+    <t>1:42.28</t>
+  </si>
+  <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
-    <t>1:47.94</t>
-[...8 lines deleted...]
-    <t>1:42.28</t>
+    <t>1:45.44</t>
   </si>
   <si>
     <t>Ольга Кун</t>
   </si>
   <si>
     <t>1:56.56</t>
   </si>
   <si>
     <t>Андрей Марков</t>
   </si>
   <si>
     <t>2:21.18</t>
   </si>
   <si>
     <t>Матвей Судаков</t>
   </si>
   <si>
     <t>2:39.62</t>
   </si>
   <si>
     <t>Александр Головко</t>
   </si>
   <si>
     <t>Артем Мальцев</t>
   </si>
@@ -1071,156 +1068,154 @@
       <c r="D26" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D27" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>81</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="C28" s="1"/>
+      <c r="D28" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="B33" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C33" s="1"/>
     </row>
     <row r="34" spans="1:4">
       <c r="B34" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C34" s="1"/>
     </row>
     <row r="35" spans="1:4">
       <c r="B35" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C35" s="1"/>
     </row>
     <row r="36" spans="1:4">
       <c r="B36" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C36" s="1"/>
     </row>
     <row r="37" spans="1:4">
       <c r="B37" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C37" s="1"/>
     </row>
     <row r="38" spans="1:4">
       <c r="B38" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C38" s="1"/>
     </row>
     <row r="39" spans="1:4">
       <c r="B39" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C39" s="1"/>
     </row>
     <row r="40" spans="1:4">
       <c r="B40" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C40" s="1"/>
     </row>
     <row r="41" spans="1:4">
       <c r="B41" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C41" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>