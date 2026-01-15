--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,549 +17,549 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Gundin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.38</t>
   </si>
   <si>
     <t>1.34</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>3.06</t>
+  </si>
+  <si>
+    <t>1.69</t>
+  </si>
+  <si>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
     <t>1.81</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>3.31</t>
   </si>
   <si>
     <t>1.94</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
     <t>1.86</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...8 lines deleted...]
-    <t>Kseniya Zyryanova</t>
+    <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
     <t>2.28</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>3.63</t>
   </si>
   <si>
     <t>2.65</t>
   </si>
   <si>
-    <t>Martin Nikolayev</t>
+    <t>Мартин Николаев</t>
   </si>
   <si>
     <t>4.46</t>
   </si>
   <si>
     <t>3.28</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>4.80</t>
   </si>
   <si>
     <t>1.80</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>4.87</t>
   </si>
   <si>
     <t>2.66</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>5.36</t>
   </si>
   <si>
     <t>3.12</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>5.69</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
-    <t>Stepan Matveev</t>
+    <t>Степан Матвеев</t>
   </si>
   <si>
     <t>6.23</t>
   </si>
   <si>
     <t>3.99</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>6.36</t>
   </si>
   <si>
     <t>3.72</t>
   </si>
   <si>
-    <t>Kristina Koroleva</t>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>6.38</t>
   </si>
   <si>
     <t>4.64</t>
   </si>
   <si>
-    <t>Pëtr Yunin</t>
+    <t>Пётр Юнин</t>
   </si>
   <si>
     <t>6.42</t>
   </si>
   <si>
     <t>3.85</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
     <t>4.52</t>
   </si>
   <si>
-    <t>Nikolai Masson</t>
+    <t>Николай Массон</t>
   </si>
   <si>
     <t>7.39</t>
   </si>
   <si>
-    <t>Roman Samvelyan</t>
+    <t>Роман Самвелян</t>
   </si>
   <si>
     <t>8.17</t>
   </si>
   <si>
     <t>5.77</t>
   </si>
   <si>
-    <t>Demid Dʹyachkov</t>
+    <t>Демид Дьячков</t>
   </si>
   <si>
     <t>8.58</t>
   </si>
   <si>
     <t>6.19</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>8.69</t>
   </si>
   <si>
     <t>4.58</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>8.80</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
-    <t>Georgiy Golosov</t>
+    <t>Георгий Голосов</t>
   </si>
   <si>
     <t>8.82</t>
   </si>
   <si>
     <t>5.13</t>
   </si>
   <si>
-    <t>Oleg Demchuk</t>
+    <t>Олег Демчук</t>
   </si>
   <si>
     <t>9.54</t>
   </si>
   <si>
     <t>5.58</t>
   </si>
   <si>
-    <t>Mikhail Losev</t>
+    <t>Михаил Лосев</t>
   </si>
   <si>
     <t>9.69</t>
   </si>
   <si>
     <t>4.97</t>
   </si>
   <si>
-    <t>Ivan Nikulin</t>
+    <t>Иван Никулин</t>
   </si>
   <si>
     <t>10.77</t>
   </si>
   <si>
     <t>7.77</t>
   </si>
   <si>
-    <t>Maxim Chechnev</t>
+    <t>Максим Чечнев</t>
   </si>
   <si>
     <t>11.24</t>
   </si>
   <si>
     <t>5.38</t>
   </si>
   <si>
-    <t>Andrey Markov</t>
+    <t>Андрей Марков</t>
   </si>
   <si>
     <t>12.54</t>
   </si>
   <si>
     <t>8.72</t>
   </si>
   <si>
-    <t>Aleksandr Cheban</t>
+    <t>Александр Чебан</t>
   </si>
   <si>
     <t>12.64</t>
   </si>
   <si>
     <t>8.68</t>
   </si>
   <si>
-    <t>Maksim Kabanov</t>
+    <t>Максим Кабанов</t>
   </si>
   <si>
     <t>12.88</t>
   </si>
   <si>
     <t>7.26</t>
   </si>
   <si>
-    <t>Irina Popova</t>
+    <t>Ирина Попова</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
-    <t>Aleksey Gushchin</t>
+    <t>Алексей Гущин</t>
   </si>
   <si>
     <t>14.29</t>
   </si>
   <si>
     <t>10.72</t>
   </si>
   <si>
-    <t>Timofey Ivchenko</t>
+    <t>Тимофей Ивченко</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
     <t>8.67</t>
   </si>
   <si>
-    <t>Olʹga Kun</t>
+    <t>Ольга Кун</t>
   </si>
   <si>
     <t>14.39</t>
   </si>
   <si>
     <t>8.32</t>
   </si>
   <si>
-    <t>Ivan Streshinskiy</t>
+    <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>14.76</t>
   </si>
   <si>
     <t>8.27</t>
   </si>
   <si>
-    <t>Mikhail Silkin</t>
+    <t>Михаил Силкин</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>7.25</t>
   </si>
   <si>
-    <t>Yaroslav Ulyukayev</t>
+    <t>Ярослав Улюкаев</t>
   </si>
   <si>
     <t>16.79</t>
   </si>
   <si>
     <t>7.40</t>
   </si>
   <si>
-    <t>Matvey Sudakov</t>
+    <t>Матвей Судаков</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>11.05</t>
   </si>
   <si>
-    <t>Lukʹyan Kireyev</t>
+    <t>Лукьян Киреев</t>
   </si>
   <si>
     <t>17.91</t>
   </si>
   <si>
     <t>11.32</t>
   </si>
   <si>
-    <t>Roman Trofimov</t>
+    <t>Роман Трофимов</t>
   </si>
   <si>
     <t>18.30</t>
   </si>
   <si>
     <t>9.19</t>
   </si>
   <si>
-    <t>Yelizaveta Ushmodina</t>
+    <t>Елизавета Ушмодина</t>
   </si>
   <si>
     <t>18.42</t>
   </si>
   <si>
     <t>11.66</t>
   </si>
   <si>
-    <t>Arkadiy Ushmodin</t>
+    <t>Аркадий Ушмодин</t>
   </si>
   <si>
     <t>18.57</t>
   </si>
   <si>
     <t>14.01</t>
   </si>
   <si>
-    <t>Petr Nikulin</t>
+    <t>Петр Никулин</t>
   </si>
   <si>
     <t>18.76</t>
   </si>
   <si>
     <t>14.77</t>
   </si>
   <si>
-    <t>Taisiya Semenikhina</t>
+    <t>Таисия Семенихина</t>
   </si>
   <si>
     <t>19.68</t>
   </si>
   <si>
     <t>13.14</t>
   </si>
   <si>
-    <t>Gleb Velikanov</t>
+    <t>Глеб Великанов</t>
   </si>
   <si>
     <t>20.04</t>
   </si>
   <si>
     <t>11.07</t>
   </si>
   <si>
-    <t>Yegor Shchukin</t>
+    <t>Егор Щукин</t>
   </si>
   <si>
     <t>20.33</t>
   </si>
   <si>
     <t>13.45</t>
   </si>
   <si>
-    <t>Mark Shefer</t>
+    <t>Марк Шефер</t>
   </si>
   <si>
     <t>20.34</t>
   </si>
   <si>
     <t>19.04</t>
   </si>
   <si>
-    <t>Anna Novosad</t>
+    <t>Анна Новосад</t>
   </si>
   <si>
     <t>20.86</t>
   </si>
   <si>
     <t>16.21</t>
   </si>
   <si>
-    <t>Sergey Cherkasov</t>
+    <t>Сергей Черкасов</t>
   </si>
   <si>
     <t>24.26</t>
   </si>
   <si>
     <t>17.48</t>
   </si>
   <si>
-    <t>Denis Sergeychikov</t>
+    <t>Денис Сергейчиков</t>
   </si>
   <si>
     <t>26.37</t>
   </si>
   <si>
     <t>20.10</t>
   </si>
   <si>
-    <t>Grigoriy Levinets</t>
+    <t>Григорий Левинец</t>
   </si>
   <si>
     <t>28.16</t>
   </si>
   <si>
     <t>16.35</t>
   </si>
   <si>
-    <t>Nikolay Galuzinskiy</t>
+    <t>Николай Галузинский</t>
   </si>
   <si>
     <t>28.24</t>
   </si>
   <si>
     <t>20.29</t>
   </si>
   <si>
-    <t>Anna Levinets</t>
+    <t>Анна Левинец</t>
   </si>
   <si>
     <t>29.70</t>
   </si>
   <si>
     <t>25.66</t>
   </si>
   <si>
-    <t>Artem Malʹtsev</t>
-[...2 lines deleted...]
-    <t>Yeva Tishchenko</t>
+    <t>Артем Мальцев</t>
+  </si>
+  <si>
+    <t>Ева Тищенко</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -882,53 +882,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C58" sqref="C58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>