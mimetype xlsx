--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -35,228 +35,231 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.38</t>
   </si>
   <si>
     <t>1.34</t>
   </si>
   <si>
+    <t>Роман Шилов</t>
+  </si>
+  <si>
+    <t>3.13</t>
+  </si>
+  <si>
+    <t>1.81</t>
+  </si>
+  <si>
+    <t>Артём Куликов</t>
+  </si>
+  <si>
+    <t>3.31</t>
+  </si>
+  <si>
+    <t>1.94</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>1.86</t>
+  </si>
+  <si>
+    <t>Ксения Зырянова</t>
+  </si>
+  <si>
+    <t>3.59</t>
+  </si>
+  <si>
+    <t>2.28</t>
+  </si>
+  <si>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>3.63</t>
+  </si>
+  <si>
+    <t>2.65</t>
+  </si>
+  <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>3.06</t>
-[...47 lines deleted...]
-    <t>2.65</t>
+    <t>3.72</t>
+  </si>
+  <si>
+    <t>2.17</t>
   </si>
   <si>
     <t>Мартин Николаев</t>
   </si>
   <si>
     <t>4.46</t>
   </si>
   <si>
     <t>3.28</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>4.80</t>
   </si>
   <si>
     <t>1.80</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>4.87</t>
   </si>
   <si>
     <t>2.66</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
+    <t>3.30</t>
+  </si>
+  <si>
     <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
     <t>Сергей Марьин</t>
   </si>
   <si>
-    <t>5.36</t>
+    <t>5.56</t>
   </si>
   <si>
     <t>3.12</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>5.69</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>6.36</t>
+  </si>
+  <si>
+    <t>Кристина Королёва</t>
+  </si>
+  <si>
+    <t>6.38</t>
+  </si>
+  <si>
+    <t>4.64</t>
+  </si>
+  <si>
+    <t>Пётр Юнин</t>
+  </si>
+  <si>
+    <t>6.42</t>
+  </si>
+  <si>
+    <t>3.85</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>7.12</t>
+  </si>
+  <si>
+    <t>4.52</t>
+  </si>
+  <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
-    <t>6.23</t>
+    <t>7.15</t>
   </si>
   <si>
     <t>3.99</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
-[...32 lines deleted...]
-    <t>4.52</t>
+    <t>Роман Самвелян</t>
+  </si>
+  <si>
+    <t>8.17</t>
+  </si>
+  <si>
+    <t>5.77</t>
+  </si>
+  <si>
+    <t>Демид Дьячков</t>
+  </si>
+  <si>
+    <t>8.58</t>
+  </si>
+  <si>
+    <t>6.19</t>
   </si>
   <si>
     <t>Николай Массон</t>
   </si>
   <si>
-    <t>7.39</t>
-[...17 lines deleted...]
-    <t>6.19</t>
+    <t>8.66</t>
+  </si>
+  <si>
+    <t>6.12</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>8.69</t>
   </si>
   <si>
     <t>4.58</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>8.80</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
     <t>Георгий Голосов</t>
   </si>
   <si>
     <t>8.82</t>
   </si>
@@ -269,129 +272,129 @@
   <si>
     <t>9.54</t>
   </si>
   <si>
     <t>5.58</t>
   </si>
   <si>
     <t>Михаил Лосев</t>
   </si>
   <si>
     <t>9.69</t>
   </si>
   <si>
     <t>4.97</t>
   </si>
   <si>
     <t>Иван Никулин</t>
   </si>
   <si>
     <t>10.77</t>
   </si>
   <si>
     <t>7.77</t>
   </si>
   <si>
+    <t>Андрей Марков</t>
+  </si>
+  <si>
+    <t>12.54</t>
+  </si>
+  <si>
+    <t>8.72</t>
+  </si>
+  <si>
+    <t>Александр Чебан</t>
+  </si>
+  <si>
+    <t>12.64</t>
+  </si>
+  <si>
+    <t>8.68</t>
+  </si>
+  <si>
+    <t>Максим Кабанов</t>
+  </si>
+  <si>
+    <t>12.88</t>
+  </si>
+  <si>
+    <t>7.26</t>
+  </si>
+  <si>
+    <t>Ирина Попова</t>
+  </si>
+  <si>
+    <t>13.22</t>
+  </si>
+  <si>
+    <t>9.48</t>
+  </si>
+  <si>
+    <t>Алексей Гущин</t>
+  </si>
+  <si>
+    <t>14.29</t>
+  </si>
+  <si>
+    <t>10.72</t>
+  </si>
+  <si>
+    <t>Тимофей Ивченко</t>
+  </si>
+  <si>
+    <t>14.32</t>
+  </si>
+  <si>
+    <t>8.67</t>
+  </si>
+  <si>
+    <t>Ольга Кун</t>
+  </si>
+  <si>
+    <t>14.39</t>
+  </si>
+  <si>
+    <t>8.32</t>
+  </si>
+  <si>
+    <t>Иван Стрешинский</t>
+  </si>
+  <si>
+    <t>14.76</t>
+  </si>
+  <si>
+    <t>8.27</t>
+  </si>
+  <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
-    <t>11.24</t>
-[...74 lines deleted...]
-    <t>8.27</t>
+    <t>14.78</t>
+  </si>
+  <si>
+    <t>11.61</t>
   </si>
   <si>
     <t>Михаил Силкин</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>7.25</t>
   </si>
   <si>
     <t>Ярослав Улюкаев</t>
   </si>
   <si>
     <t>16.79</t>
   </si>
   <si>
     <t>7.40</t>
   </si>
   <si>
     <t>Матвей Судаков</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
@@ -449,111 +452,108 @@
   <si>
     <t>19.68</t>
   </si>
   <si>
     <t>13.14</t>
   </si>
   <si>
     <t>Глеб Великанов</t>
   </si>
   <si>
     <t>20.04</t>
   </si>
   <si>
     <t>11.07</t>
   </si>
   <si>
     <t>Егор Щукин</t>
   </si>
   <si>
     <t>20.33</t>
   </si>
   <si>
     <t>13.45</t>
   </si>
   <si>
+    <t>Анна Новосад</t>
+  </si>
+  <si>
+    <t>20.86</t>
+  </si>
+  <si>
+    <t>16.21</t>
+  </si>
+  <si>
+    <t>Сергей Черкасов</t>
+  </si>
+  <si>
+    <t>24.26</t>
+  </si>
+  <si>
+    <t>17.48</t>
+  </si>
+  <si>
+    <t>Денис Сергейчиков</t>
+  </si>
+  <si>
+    <t>26.37</t>
+  </si>
+  <si>
+    <t>20.10</t>
+  </si>
+  <si>
+    <t>Григорий Левинец</t>
+  </si>
+  <si>
+    <t>28.16</t>
+  </si>
+  <si>
+    <t>16.35</t>
+  </si>
+  <si>
+    <t>Николай Галузинский</t>
+  </si>
+  <si>
+    <t>28.24</t>
+  </si>
+  <si>
+    <t>20.29</t>
+  </si>
+  <si>
+    <t>Анна Левинец</t>
+  </si>
+  <si>
+    <t>29.70</t>
+  </si>
+  <si>
+    <t>25.66</t>
+  </si>
+  <si>
     <t>Марк Шефер</t>
   </si>
   <si>
-    <t>20.34</t>
-[...56 lines deleted...]
-    <t>25.66</t>
+    <t>29.82</t>
   </si>
   <si>
     <t>Артем Мальцев</t>
   </si>
   <si>
     <t>Ева Тищенко</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1052,107 +1052,107 @@
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D17" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>51</v>
@@ -1178,539 +1178,537 @@
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D20" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>59</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D21" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D33" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D34" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D35" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D37" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D38" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D39" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D40" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D41" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D42" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D43" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D44" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D45" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D46" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D47" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D48" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D49" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D50" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D51" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D52" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D53" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D54" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D55" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="C56" s="1" t="s">
         <v>164</v>
       </c>
+      <c r="C56" s="1"/>
       <c r="D56" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="B57" t="s">
         <v>166</v>
       </c>
       <c r="C57" s="1"/>
     </row>
     <row r="58" spans="1:4">
       <c r="B58" t="s">
         <v>167</v>
       </c>
       <c r="C58" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">