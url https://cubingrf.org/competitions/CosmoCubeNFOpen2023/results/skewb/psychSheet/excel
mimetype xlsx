--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,423 +17,423 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>2.56</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>3.11</t>
   </si>
   <si>
     <t>1.66</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
     <t>1.87</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>4.17</t>
   </si>
   <si>
     <t>2.64</t>
   </si>
   <si>
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>4.26</t>
   </si>
   <si>
     <t>2.34</t>
   </si>
   <si>
-    <t>Stepan Matveev</t>
+    <t>Степан Матвеев</t>
   </si>
   <si>
     <t>4.29</t>
   </si>
   <si>
     <t>2.25</t>
   </si>
   <si>
-    <t>Martin Nikolayev</t>
+    <t>Мартин Николаев</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>5.38</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>5.60</t>
   </si>
   <si>
     <t>2.52</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>6.13</t>
   </si>
   <si>
     <t>2.43</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Kseniya Zyryanova</t>
+    <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
-    <t>Nikolai Masson</t>
+    <t>Николай Массон</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
     <t>4.67</t>
   </si>
   <si>
-    <t>Roman Samvelyan</t>
+    <t>Роман Самвелян</t>
   </si>
   <si>
     <t>6.61</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>3.32</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>8.24</t>
   </si>
   <si>
     <t>4.66</t>
   </si>
   <si>
-    <t>Aleksandr Cheban</t>
+    <t>Александр Чебан</t>
   </si>
   <si>
     <t>9.33</t>
   </si>
   <si>
     <t>4.77</t>
   </si>
   <si>
-    <t>Maksim Kabanov</t>
+    <t>Максим Кабанов</t>
   </si>
   <si>
     <t>10.37</t>
   </si>
   <si>
     <t>6.95</t>
   </si>
   <si>
-    <t>Irina Popova</t>
+    <t>Ирина Попова</t>
   </si>
   <si>
     <t>11.61</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
-    <t>Roman Trofimov</t>
-[...2 lines deleted...]
-    <t>13.20</t>
+    <t>Роман Трофимов</t>
+  </si>
+  <si>
+    <t>12.13</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
   <si>
-    <t>Kristina Koroleva</t>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>13.25</t>
   </si>
   <si>
     <t>7.37</t>
   </si>
   <si>
-    <t>Maxim Chechnev</t>
+    <t>Максим Чечнев</t>
   </si>
   <si>
     <t>13.36</t>
   </si>
   <si>
     <t>8.55</t>
   </si>
   <si>
-    <t>Ivan Nikulin</t>
+    <t>Иван Никулин</t>
   </si>
   <si>
     <t>13.70</t>
   </si>
   <si>
     <t>6.54</t>
   </si>
   <si>
-    <t>Matvey Sudakov</t>
+    <t>Матвей Судаков</t>
   </si>
   <si>
     <t>17.21</t>
   </si>
   <si>
     <t>8.71</t>
   </si>
   <si>
-    <t>Yaroslav Ulyukayev</t>
+    <t>Ярослав Улюкаев</t>
   </si>
   <si>
     <t>18.75</t>
   </si>
   <si>
     <t>12.69</t>
   </si>
   <si>
-    <t>Olʹga Kun</t>
+    <t>Ольга Кун</t>
   </si>
   <si>
     <t>20.53</t>
   </si>
   <si>
     <t>15.07</t>
   </si>
   <si>
-    <t>Aleksey Gushchin</t>
+    <t>Алексей Гущин</t>
   </si>
   <si>
     <t>21.37</t>
   </si>
   <si>
     <t>20.47</t>
   </si>
   <si>
-    <t>Ivan Streshinskiy</t>
+    <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>24.13</t>
   </si>
   <si>
     <t>13.54</t>
   </si>
   <si>
-    <t>Mikhail Silkin</t>
+    <t>Михаил Силкин</t>
   </si>
   <si>
     <t>25.72</t>
   </si>
   <si>
     <t>21.63</t>
   </si>
   <si>
-    <t>Andrey Markov</t>
+    <t>Андрей Марков</t>
   </si>
   <si>
     <t>28.01</t>
   </si>
   <si>
     <t>17.67</t>
   </si>
   <si>
-    <t>Anna Novosad</t>
+    <t>Анна Новосад</t>
   </si>
   <si>
     <t>28.05</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
-    <t>Timur Alyamov</t>
+    <t>Тимур Алямов</t>
   </si>
   <si>
     <t>29.30</t>
   </si>
   <si>
     <t>19.10</t>
   </si>
   <si>
-    <t>Petr Nikulin</t>
+    <t>Петр Никулин</t>
   </si>
   <si>
     <t>32.71</t>
   </si>
   <si>
     <t>14.28</t>
   </si>
   <si>
-    <t>Aleksandr Chaplinskiy</t>
+    <t>Александр Чаплинский</t>
   </si>
   <si>
     <t>33.30</t>
   </si>
   <si>
     <t>20.91</t>
   </si>
   <si>
-    <t>Yegor Shchukin</t>
+    <t>Егор Щукин</t>
   </si>
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>27.46</t>
   </si>
   <si>
-    <t>Ivan Detushev</t>
+    <t>Иван Детушев</t>
   </si>
   <si>
     <t>27.90</t>
   </si>
   <si>
-    <t>Nikolay Galuzinskiy</t>
+    <t>Николай Галузинский</t>
   </si>
   <si>
     <t>34.38</t>
   </si>
   <si>
-    <t>Arkadiy Ushmodin</t>
+    <t>Аркадий Ушмодин</t>
   </si>
   <si>
     <t>40.61</t>
   </si>
   <si>
-    <t>Artem Malʹtsev</t>
-[...2 lines deleted...]
-    <t>Yelizaveta Ushmodina</t>
+    <t>Артем Мальцев</t>
+  </si>
+  <si>
+    <t>Елизавета Ушмодина</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,53 +756,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C44" sqref="C44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>