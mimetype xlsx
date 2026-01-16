--- v1 (2026-01-15)
+++ v2 (2026-01-16)
@@ -17,423 +17,423 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Екатерина Канева</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
+    <t>Dmitry Gundin</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
-    <t>Артём Куликов</t>
+    <t>Artem Kulikov</t>
   </si>
   <si>
     <t>3.11</t>
   </si>
   <si>
     <t>1.66</t>
   </si>
   <si>
-    <t>Роман Шилов</t>
+    <t>Roman Shilov</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
     <t>1.87</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
+    <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>4.17</t>
   </si>
   <si>
     <t>2.64</t>
   </si>
   <si>
-    <t>Сергей Марьин</t>
+    <t>Sergey Marin</t>
   </si>
   <si>
     <t>4.26</t>
   </si>
   <si>
     <t>2.34</t>
   </si>
   <si>
-    <t>Степан Матвеев</t>
+    <t>Stepan Matveev</t>
   </si>
   <si>
     <t>4.29</t>
   </si>
   <si>
     <t>2.25</t>
   </si>
   <si>
-    <t>Мартин Николаев</t>
+    <t>Martin Nikolayev</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
-    <t>Дмитрий Колотвин</t>
+    <t>Dmitry Kolotvin</t>
   </si>
   <si>
     <t>5.38</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
+    <t>Arsenii Borovkov</t>
   </si>
   <si>
     <t>5.60</t>
   </si>
   <si>
     <t>2.52</t>
   </si>
   <si>
-    <t>Владислав Шуршилин</t>
+    <t>Vladislav Shurshilin</t>
   </si>
   <si>
     <t>6.13</t>
   </si>
   <si>
     <t>2.43</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Ксения Зырянова</t>
+    <t>Kseniya Zyryanova</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
-    <t>Николай Массон</t>
+    <t>Nikolai Masson</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
     <t>4.67</t>
   </si>
   <si>
-    <t>Роман Самвелян</t>
+    <t>Roman Samvelyan</t>
   </si>
   <si>
     <t>6.61</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
+    <t>Timofey Tyulpakov</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>3.32</t>
   </si>
   <si>
-    <t>Василий Николашин</t>
+    <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>8.24</t>
   </si>
   <si>
     <t>4.66</t>
   </si>
   <si>
-    <t>Александр Чебан</t>
+    <t>Aleksandr Cheban</t>
   </si>
   <si>
     <t>9.33</t>
   </si>
   <si>
     <t>4.77</t>
   </si>
   <si>
-    <t>Максим Кабанов</t>
+    <t>Maksim Kabanov</t>
   </si>
   <si>
     <t>10.37</t>
   </si>
   <si>
     <t>6.95</t>
   </si>
   <si>
-    <t>Ирина Попова</t>
+    <t>Irina Popova</t>
   </si>
   <si>
     <t>11.61</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
-    <t>Роман Трофимов</t>
+    <t>Roman Trofimov</t>
   </si>
   <si>
     <t>12.13</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
   <si>
-    <t>Кристина Королёва</t>
+    <t>Kristina Koroleva</t>
   </si>
   <si>
     <t>13.25</t>
   </si>
   <si>
     <t>7.37</t>
   </si>
   <si>
-    <t>Максим Чечнев</t>
+    <t>Maxim Chechnev</t>
   </si>
   <si>
     <t>13.36</t>
   </si>
   <si>
     <t>8.55</t>
   </si>
   <si>
-    <t>Иван Никулин</t>
+    <t>Ivan Nikulin</t>
   </si>
   <si>
     <t>13.70</t>
   </si>
   <si>
     <t>6.54</t>
   </si>
   <si>
-    <t>Матвей Судаков</t>
+    <t>Matvey Sudakov</t>
   </si>
   <si>
     <t>17.21</t>
   </si>
   <si>
     <t>8.71</t>
   </si>
   <si>
-    <t>Ярослав Улюкаев</t>
+    <t>Yaroslav Ulyukayev</t>
   </si>
   <si>
     <t>18.75</t>
   </si>
   <si>
     <t>12.69</t>
   </si>
   <si>
-    <t>Ольга Кун</t>
+    <t>Olʹga Kun</t>
   </si>
   <si>
     <t>20.53</t>
   </si>
   <si>
     <t>15.07</t>
   </si>
   <si>
-    <t>Алексей Гущин</t>
+    <t>Aleksey Gushchin</t>
   </si>
   <si>
     <t>21.37</t>
   </si>
   <si>
     <t>20.47</t>
   </si>
   <si>
-    <t>Иван Стрешинский</t>
+    <t>Ivan Streshinskiy</t>
   </si>
   <si>
     <t>24.13</t>
   </si>
   <si>
     <t>13.54</t>
   </si>
   <si>
-    <t>Михаил Силкин</t>
+    <t>Mikhail Silkin</t>
   </si>
   <si>
     <t>25.72</t>
   </si>
   <si>
     <t>21.63</t>
   </si>
   <si>
-    <t>Андрей Марков</t>
+    <t>Andrey Markov</t>
   </si>
   <si>
     <t>28.01</t>
   </si>
   <si>
     <t>17.67</t>
   </si>
   <si>
-    <t>Анна Новосад</t>
+    <t>Anna Novosad</t>
   </si>
   <si>
     <t>28.05</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
-    <t>Тимур Алямов</t>
+    <t>Timur Alyamov</t>
   </si>
   <si>
     <t>29.30</t>
   </si>
   <si>
     <t>19.10</t>
   </si>
   <si>
-    <t>Петр Никулин</t>
+    <t>Petr Nikulin</t>
   </si>
   <si>
     <t>32.71</t>
   </si>
   <si>
     <t>14.28</t>
   </si>
   <si>
-    <t>Александр Чаплинский</t>
+    <t>Aleksandr Chaplinskiy</t>
   </si>
   <si>
     <t>33.30</t>
   </si>
   <si>
     <t>20.91</t>
   </si>
   <si>
-    <t>Егор Щукин</t>
+    <t>Yegor Shchukin</t>
   </si>
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>27.46</t>
   </si>
   <si>
-    <t>Иван Детушев</t>
+    <t>Ivan Detushev</t>
   </si>
   <si>
     <t>27.90</t>
   </si>
   <si>
-    <t>Николай Галузинский</t>
+    <t>Nikolay Galuzinskiy</t>
   </si>
   <si>
     <t>34.38</t>
   </si>
   <si>
-    <t>Аркадий Ушмодин</t>
+    <t>Arkadiy Ushmodin</t>
   </si>
   <si>
     <t>40.61</t>
   </si>
   <si>
-    <t>Артем Мальцев</t>
-[...2 lines deleted...]
-    <t>Елизавета Ушмодина</t>
+    <t>Artem Malʹtsev</t>
+  </si>
+  <si>
+    <t>Yelizaveta Ushmodina</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,53 +756,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C44" sqref="C44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>