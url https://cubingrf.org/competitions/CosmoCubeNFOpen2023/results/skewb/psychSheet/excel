--- v2 (2026-01-16)
+++ v3 (2026-03-03)
@@ -17,423 +17,423 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Ekaterina Kaneva</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>3.11</t>
   </si>
   <si>
     <t>1.66</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
     <t>1.87</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
-    <t>2.76</t>
-[...11 lines deleted...]
-    <t>Sergey Marin</t>
+    <t>2.77</t>
+  </si>
+  <si>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>4.26</t>
   </si>
   <si>
     <t>2.34</t>
   </si>
   <si>
-    <t>Stepan Matveev</t>
-[...8 lines deleted...]
-    <t>Martin Nikolayev</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>4.63</t>
+  </si>
+  <si>
+    <t>2.81</t>
+  </si>
+  <si>
+    <t>Мартин Николаев</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>5.38</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
-[...17 lines deleted...]
-    <t>Daria Eliseeva</t>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>6.10</t>
+  </si>
+  <si>
+    <t>2.96</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Kseniya Zyryanova</t>
+    <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
-    <t>Nikolai Masson</t>
+    <t>Степан Матвеев</t>
+  </si>
+  <si>
+    <t>6.24</t>
+  </si>
+  <si>
+    <t>4.18</t>
+  </si>
+  <si>
+    <t>Николай Массон</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
     <t>4.67</t>
   </si>
   <si>
-    <t>Roman Samvelyan</t>
+    <t>Роман Самвелян</t>
   </si>
   <si>
     <t>6.61</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Владислав Шуршилин</t>
+  </si>
+  <si>
+    <t>6.86</t>
+  </si>
+  <si>
+    <t>4.30</t>
+  </si>
+  <si>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>3.32</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>8.24</t>
   </si>
   <si>
     <t>4.66</t>
   </si>
   <si>
-    <t>Aleksandr Cheban</t>
+    <t>Александр Чебан</t>
   </si>
   <si>
     <t>9.33</t>
   </si>
   <si>
     <t>4.77</t>
   </si>
   <si>
-    <t>Maksim Kabanov</t>
+    <t>Максим Кабанов</t>
   </si>
   <si>
     <t>10.37</t>
   </si>
   <si>
     <t>6.95</t>
   </si>
   <si>
-    <t>Irina Popova</t>
+    <t>Ирина Попова</t>
   </si>
   <si>
     <t>11.61</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
-    <t>Roman Trofimov</t>
+    <t>Роман Трофимов</t>
   </si>
   <si>
     <t>12.13</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
   <si>
-    <t>Kristina Koroleva</t>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>13.25</t>
   </si>
   <si>
     <t>7.37</t>
   </si>
   <si>
-    <t>Maxim Chechnev</t>
+    <t>Максим Чечнев</t>
   </si>
   <si>
     <t>13.36</t>
   </si>
   <si>
-    <t>8.55</t>
-[...2 lines deleted...]
-    <t>Ivan Nikulin</t>
+    <t>11.67</t>
+  </si>
+  <si>
+    <t>Иван Никулин</t>
   </si>
   <si>
     <t>13.70</t>
   </si>
   <si>
     <t>6.54</t>
   </si>
   <si>
-    <t>Matvey Sudakov</t>
+    <t>Матвей Судаков</t>
   </si>
   <si>
     <t>17.21</t>
   </si>
   <si>
     <t>8.71</t>
   </si>
   <si>
-    <t>Yaroslav Ulyukayev</t>
+    <t>Ярослав Улюкаев</t>
   </si>
   <si>
     <t>18.75</t>
   </si>
   <si>
     <t>12.69</t>
   </si>
   <si>
-    <t>Olʹga Kun</t>
+    <t>Ольга Кун</t>
   </si>
   <si>
     <t>20.53</t>
   </si>
   <si>
     <t>15.07</t>
   </si>
   <si>
-    <t>Aleksey Gushchin</t>
+    <t>Алексей Гущин</t>
   </si>
   <si>
     <t>21.37</t>
   </si>
   <si>
     <t>20.47</t>
   </si>
   <si>
-    <t>Ivan Streshinskiy</t>
+    <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>24.13</t>
   </si>
   <si>
     <t>13.54</t>
   </si>
   <si>
-    <t>Mikhail Silkin</t>
+    <t>Михаил Силкин</t>
   </si>
   <si>
     <t>25.72</t>
   </si>
   <si>
     <t>21.63</t>
   </si>
   <si>
-    <t>Andrey Markov</t>
+    <t>Андрей Марков</t>
   </si>
   <si>
     <t>28.01</t>
   </si>
   <si>
     <t>17.67</t>
   </si>
   <si>
-    <t>Anna Novosad</t>
+    <t>Анна Новосад</t>
   </si>
   <si>
     <t>28.05</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
-    <t>Timur Alyamov</t>
+    <t>Тимур Алямов</t>
   </si>
   <si>
     <t>29.30</t>
   </si>
   <si>
     <t>19.10</t>
   </si>
   <si>
-    <t>Petr Nikulin</t>
+    <t>Петр Никулин</t>
   </si>
   <si>
     <t>32.71</t>
   </si>
   <si>
     <t>14.28</t>
   </si>
   <si>
-    <t>Aleksandr Chaplinskiy</t>
+    <t>Александр Чаплинский</t>
   </si>
   <si>
     <t>33.30</t>
   </si>
   <si>
     <t>20.91</t>
   </si>
   <si>
-    <t>Yegor Shchukin</t>
+    <t>Егор Щукин</t>
   </si>
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>27.46</t>
   </si>
   <si>
-    <t>Ivan Detushev</t>
+    <t>Иван Детушев</t>
   </si>
   <si>
     <t>27.90</t>
   </si>
   <si>
-    <t>Nikolay Galuzinskiy</t>
+    <t>Николай Галузинский</t>
   </si>
   <si>
     <t>34.38</t>
   </si>
   <si>
-    <t>Arkadiy Ushmodin</t>
+    <t>Аркадий Ушмодин</t>
   </si>
   <si>
     <t>40.61</t>
   </si>
   <si>
-    <t>Artem Malʹtsev</t>
-[...2 lines deleted...]
-    <t>Yelizaveta Ushmodina</t>
+    <t>Артем Мальцев</t>
+  </si>
+  <si>
+    <t>Елизавета Ушмодина</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,53 +756,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C44" sqref="C44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>