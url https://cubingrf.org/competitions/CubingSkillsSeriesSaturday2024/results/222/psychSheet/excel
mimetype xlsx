--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -56,51 +56,51 @@
   <si>
     <t>2.09</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>3.03</t>
   </si>
   <si>
     <t>1.93</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>3.17</t>
   </si>
   <si>
     <t>1.57</t>
   </si>
   <si>
     <t>Александр Минко</t>
   </si>
   <si>
-    <t>3.41</t>
+    <t>3.20</t>
   </si>
   <si>
     <t>2.31</t>
   </si>
   <si>
     <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>4.09</t>
   </si>
   <si>
     <t>2.67</t>
   </si>
   <si>
     <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>5.17</t>
   </si>
   <si>
     <t>2.79</t>
   </si>
   <si>
     <t>Рустам Ахундов</t>
   </si>