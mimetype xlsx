--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -50,105 +50,105 @@
   <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>2.09</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>3.03</t>
   </si>
   <si>
     <t>1.93</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>3.17</t>
   </si>
   <si>
-    <t>1.57</t>
+    <t>2.13</t>
   </si>
   <si>
     <t>Александр Минко</t>
   </si>
   <si>
     <t>3.20</t>
   </si>
   <si>
-    <t>2.31</t>
+    <t>2.07</t>
   </si>
   <si>
     <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>4.09</t>
   </si>
   <si>
     <t>2.67</t>
   </si>
   <si>
     <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>5.17</t>
   </si>
   <si>
     <t>2.79</t>
   </si>
   <si>
     <t>Рустам Ахундов</t>
   </si>
   <si>
     <t>5.31</t>
   </si>
   <si>
     <t>4.73</t>
   </si>
   <si>
     <t>Илья Зибарев</t>
   </si>
   <si>
     <t>5.61</t>
   </si>
   <si>
     <t>2.66</t>
   </si>
   <si>
     <t>Александр Горбунов</t>
   </si>
   <si>
     <t>5.96</t>
   </si>
   <si>
-    <t>3.71</t>
+    <t>3.80</t>
   </si>
   <si>
     <t>Фёдор Романов</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
     <t>5.58</t>
   </si>
   <si>
     <t>Денис Муслюмов</t>
   </si>
   <si>
     <t>7.13</t>
   </si>
   <si>
     <t>4.22</t>
   </si>
   <si>
     <t>Артём Лян</t>
   </si>
   <si>
     <t>7.99</t>
   </si>