--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,225 +17,225 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Seda Sukyasova</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Седа Сукясова</t>
   </si>
   <si>
     <t>3.28</t>
   </si>
   <si>
     <t>2.37</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>3.97</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
-    <t>Daniel Polikanov</t>
+    <t>Даниэль Поликанов</t>
   </si>
   <si>
     <t>4.31</t>
   </si>
   <si>
     <t>2.83</t>
   </si>
   <si>
-    <t>Vladislav Botvinko</t>
+    <t>Владислав Ботвинко</t>
   </si>
   <si>
     <t>4.52</t>
   </si>
   <si>
     <t>3.15</t>
   </si>
   <si>
-    <t>Aleksandr Cheban</t>
+    <t>Александр Чебан</t>
   </si>
   <si>
     <t>4.78</t>
   </si>
   <si>
     <t>3.88</t>
   </si>
   <si>
-    <t>Vladislav Kravchenko</t>
+    <t>Владислав Кравченко</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>3.76</t>
   </si>
   <si>
-    <t>Dmitriy Bobykin</t>
+    <t>Дмитрий Бобыкин</t>
   </si>
   <si>
     <t>5.56</t>
   </si>
   <si>
     <t>3.53</t>
   </si>
   <si>
-    <t>Bogdan Kashin</t>
+    <t>Богдан Кашин</t>
   </si>
   <si>
     <t>5.57</t>
   </si>
   <si>
     <t>3.43</t>
   </si>
   <si>
-    <t>Ivan Boltrukevich</t>
+    <t>Иван Болтрукевич</t>
   </si>
   <si>
     <t>5.78</t>
   </si>
   <si>
     <t>2.87</t>
   </si>
   <si>
-    <t>Amir Zokirov</t>
+    <t>Амир Зокиров</t>
   </si>
   <si>
     <t>6.01</t>
   </si>
   <si>
     <t>2.63</t>
   </si>
   <si>
-    <t>Viktor Ivanov</t>
+    <t>Виктор Иванов</t>
   </si>
   <si>
     <t>6.03</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
-    <t>Artyom Raichman</t>
+    <t>Артём Райхман</t>
   </si>
   <si>
     <t>6.48</t>
   </si>
   <si>
     <t>3.69</t>
   </si>
   <si>
-    <t>Ilʹya Serebryanikov</t>
+    <t>Илья Серебряников</t>
   </si>
   <si>
     <t>8.42</t>
   </si>
   <si>
-    <t>Artush Sagoyan</t>
+    <t>Артуш Сагоян</t>
   </si>
   <si>
     <t>8.97</t>
   </si>
   <si>
-    <t>Ulʹyana Timoshchenko</t>
+    <t>Ульяна Тимощенко</t>
   </si>
   <si>
     <t>14.90</t>
   </si>
   <si>
     <t>9.78</t>
   </si>
   <si>
-    <t>Andrey Datiev</t>
+    <t>Андрей Датиев</t>
   </si>
   <si>
     <t>18.78</t>
   </si>
   <si>
     <t>12.97</t>
   </si>
   <si>
-    <t>Demid Shishnyov</t>
+    <t>Демид Шишнёв</t>
   </si>
   <si>
     <t>20.63</t>
   </si>
   <si>
     <t>14.70</t>
   </si>
   <si>
-    <t>Daniil Bulychev</t>
+    <t>Даниил Булычев</t>
   </si>
   <si>
     <t>29.95</t>
   </si>
   <si>
     <t>24.94</t>
   </si>
   <si>
-    <t>Nathan Laptev</t>
+    <t>Натан Лаптев</t>
   </si>
   <si>
     <t>37.74</t>
   </si>
   <si>
     <t>34.78</t>
   </si>
   <si>
-    <t>Milana Lapteva</t>
+    <t>Милана Лаптева</t>
   </si>
   <si>
     <t>40.25</t>
   </si>
   <si>
     <t>28.24</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -564,53 +564,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>