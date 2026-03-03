--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,182 +12,185 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Седа Сукясова</t>
   </si>
   <si>
     <t>3.28</t>
   </si>
   <si>
     <t>2.37</t>
   </si>
   <si>
     <t>Максим Козловский</t>
   </si>
   <si>
     <t>3.97</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
+    <t>Александр Чебан</t>
+  </si>
+  <si>
+    <t>4.78</t>
+  </si>
+  <si>
+    <t>3.88</t>
+  </si>
+  <si>
+    <t>Артём Райхман</t>
+  </si>
+  <si>
+    <t>4.91</t>
+  </si>
+  <si>
+    <t>3.69</t>
+  </si>
+  <si>
     <t>Даниэль Поликанов</t>
   </si>
   <si>
-    <t>4.31</t>
-[...2 lines deleted...]
-    <t>2.83</t>
+    <t>5.43</t>
+  </si>
+  <si>
+    <t>4.89</t>
+  </si>
+  <si>
+    <t>Владислав Кравченко</t>
+  </si>
+  <si>
+    <t>5.53</t>
+  </si>
+  <si>
+    <t>3.76</t>
+  </si>
+  <si>
+    <t>Дмитрий Бобыкин</t>
+  </si>
+  <si>
+    <t>5.56</t>
+  </si>
+  <si>
+    <t>3.53</t>
+  </si>
+  <si>
+    <t>Богдан Кашин</t>
+  </si>
+  <si>
+    <t>5.57</t>
+  </si>
+  <si>
+    <t>3.43</t>
+  </si>
+  <si>
+    <t>Иван Болтрукевич</t>
+  </si>
+  <si>
+    <t>5.78</t>
+  </si>
+  <si>
+    <t>2.87</t>
   </si>
   <si>
     <t>Владислав Ботвинко</t>
   </si>
   <si>
-    <t>4.52</t>
-[...47 lines deleted...]
-    <t>2.87</t>
+    <t>5.83</t>
+  </si>
+  <si>
+    <t>3.44</t>
+  </si>
+  <si>
+    <t>Виктор Иванов</t>
+  </si>
+  <si>
+    <t>6.03</t>
+  </si>
+  <si>
+    <t>2.88</t>
   </si>
   <si>
     <t>Амир Зокиров</t>
   </si>
   <si>
+    <t>7.04</t>
+  </si>
+  <si>
+    <t>4.67</t>
+  </si>
+  <si>
+    <t>Илья Серебряников</t>
+  </si>
+  <si>
+    <t>8.42</t>
+  </si>
+  <si>
+    <t>Артуш Сагоян</t>
+  </si>
+  <si>
+    <t>8.97</t>
+  </si>
+  <si>
     <t>6.01</t>
-  </si>
-[...31 lines deleted...]
-    <t>8.97</t>
   </si>
   <si>
     <t>Ульяна Тимощенко</t>
   </si>
   <si>
     <t>14.90</t>
   </si>
   <si>
     <t>9.78</t>
   </si>
   <si>
     <t>Андрей Датиев</t>
   </si>
   <si>
     <t>18.78</t>
   </si>
   <si>
     <t>12.97</t>
   </si>
   <si>
     <t>Демид Шишнёв</t>
   </si>
   <si>
     <t>20.63</t>
   </si>
@@ -776,135 +779,135 @@
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>