--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -53,90 +53,90 @@
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>36.85</t>
   </si>
   <si>
     <t>Седа Сукясова</t>
   </si>
   <si>
     <t>52.76</t>
   </si>
   <si>
     <t>45.19</t>
   </si>
   <si>
     <t>Владислав Ботвинко</t>
   </si>
   <si>
     <t>56.67</t>
   </si>
   <si>
     <t>49.09</t>
   </si>
   <si>
+    <t>Артём Райхман</t>
+  </si>
+  <si>
+    <t>1:10.16</t>
+  </si>
+  <si>
+    <t>1:04.12</t>
+  </si>
+  <si>
     <t>Даниэль Поликанов</t>
   </si>
   <si>
-    <t>1:05.00</t>
-[...11 lines deleted...]
-    <t>1:04.12</t>
+    <t>1:14.82</t>
+  </si>
+  <si>
+    <t>1:02.17</t>
   </si>
   <si>
     <t>Амир Зокиров</t>
   </si>
   <si>
-    <t>1:19.26</t>
-[...2 lines deleted...]
-    <t>1:06.60</t>
+    <t>1:23.44</t>
+  </si>
+  <si>
+    <t>1:18.09</t>
   </si>
   <si>
     <t>Дмитрий Бобыкин</t>
   </si>
   <si>
     <t>1:28.39</t>
   </si>
   <si>
     <t>1:17.77</t>
   </si>
   <si>
     <t>Богдан Кашин</t>
   </si>
   <si>
-    <t>1:29.09</t>
+    <t>1:31.71</t>
   </si>
   <si>
     <t>1:05.37</t>
   </si>
   <si>
     <t>Артуш Сагоян</t>
   </si>
   <si>
     <t>1:32.63</t>
   </si>
   <si>
     <t>1:26.72</t>
   </si>
   <si>
     <t>Илья Серебряников</t>
   </si>
   <si>
     <t>1:54.24</t>
   </si>
   <si>
     <t>1:47.60</t>
   </si>
   <si>
     <t>Владислав Кравченко</t>
   </si>