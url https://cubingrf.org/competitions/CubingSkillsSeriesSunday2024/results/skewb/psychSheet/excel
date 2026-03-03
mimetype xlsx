--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -44,111 +44,111 @@
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Седа Сукясова</t>
   </si>
   <si>
     <t>7.01</t>
   </si>
   <si>
     <t>5.11</t>
   </si>
   <si>
     <t>Максим Козловский</t>
   </si>
   <si>
     <t>7.23</t>
   </si>
   <si>
     <t>4.38</t>
   </si>
   <si>
+    <t>Артуш Сагоян</t>
+  </si>
+  <si>
+    <t>9.05</t>
+  </si>
+  <si>
+    <t>7.40</t>
+  </si>
+  <si>
+    <t>Александр Чебан</t>
+  </si>
+  <si>
+    <t>9.33</t>
+  </si>
+  <si>
+    <t>4.77</t>
+  </si>
+  <si>
+    <t>Дмитрий Бобыкин</t>
+  </si>
+  <si>
+    <t>9.76</t>
+  </si>
+  <si>
+    <t>7.73</t>
+  </si>
+  <si>
+    <t>Иван Болтрукевич</t>
+  </si>
+  <si>
+    <t>9.81</t>
+  </si>
+  <si>
+    <t>7.60</t>
+  </si>
+  <si>
+    <t>Артём Райхман</t>
+  </si>
+  <si>
+    <t>9.84</t>
+  </si>
+  <si>
+    <t>6.10</t>
+  </si>
+  <si>
     <t>Даниэль Поликанов</t>
   </si>
   <si>
-    <t>8.99</t>
-[...38 lines deleted...]
-    <t>7.60</t>
+    <t>10.43</t>
+  </si>
+  <si>
+    <t>8.39</t>
   </si>
   <si>
     <t>Владислав Кравченко</t>
   </si>
   <si>
     <t>10.88</t>
   </si>
   <si>
     <t>9.22</t>
-  </si>
-[...7 lines deleted...]
-    <t>11.12</t>
   </si>
   <si>
     <t>Богдан Кашин</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
     <t>10.19</t>
   </si>
   <si>
     <t>Виктор Иванов</t>
   </si>
   <si>
     <t>18.02</t>
   </si>
   <si>
     <t>9.96</t>
   </si>
   <si>
     <t>Демид Шишнёв</t>
   </si>
   <si>
     <t>35.55</t>
   </si>