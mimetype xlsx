--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,351 +17,351 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Andrey Sinitsyn</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>2.92</t>
   </si>
   <si>
-    <t>Stepan Melnikov</t>
+    <t>Степан Мельников</t>
   </si>
   <si>
     <t>6.03</t>
   </si>
   <si>
     <t>4.47</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>6.42</t>
   </si>
   <si>
     <t>5.09</t>
   </si>
   <si>
-    <t>Vladislav Androsov</t>
+    <t>Владислав Андросов</t>
   </si>
   <si>
     <t>6.79</t>
   </si>
   <si>
     <t>5.94</t>
   </si>
   <si>
-    <t>Denis Sinyushkin</t>
+    <t>Денис Синюшкин</t>
   </si>
   <si>
     <t>8.65</t>
   </si>
   <si>
     <t>4.41</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
-[...8 lines deleted...]
-    <t>Nikita Malyshkin</t>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>9.47</t>
+  </si>
+  <si>
+    <t>8.36</t>
+  </si>
+  <si>
+    <t>Никита Малышкин</t>
   </si>
   <si>
     <t>9.98</t>
   </si>
   <si>
     <t>8.68</t>
   </si>
   <si>
-    <t>Timofey Antonov</t>
+    <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>10.84</t>
   </si>
   <si>
     <t>9.83</t>
   </si>
   <si>
-    <t>Fyodor Romanov</t>
+    <t>Фёдор Романов</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>10.35</t>
   </si>
   <si>
-    <t>Vladimir Shcheglov</t>
+    <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>11.32</t>
   </si>
   <si>
     <t>9.76</t>
   </si>
   <si>
-    <t>Afanasy Ivanov</t>
+    <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>11.34</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
-    <t>Aleksandr Minko</t>
+    <t>Александр Минко</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
     <t>11.30</t>
   </si>
   <si>
-    <t>Vladimir Gridnev</t>
+    <t>Владимир Гриднев</t>
   </si>
   <si>
     <t>13.18</t>
   </si>
   <si>
     <t>10.96</t>
   </si>
   <si>
-    <t>Ilya Popov</t>
+    <t>Илья Попов</t>
   </si>
   <si>
     <t>13.31</t>
   </si>
   <si>
     <t>12.49</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
     <t>11.02</t>
   </si>
   <si>
-    <t>Lev Kuraev</t>
+    <t>Лев Кураев</t>
   </si>
   <si>
     <t>13.77</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>13.84</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
-    <t>Timofey Kireev</t>
+    <t>Тимофей Киреев</t>
   </si>
   <si>
     <t>15.39</t>
   </si>
   <si>
     <t>13.96</t>
   </si>
   <si>
-    <t>Artem Lyan</t>
+    <t>Артём Лян</t>
   </si>
   <si>
     <t>18.13</t>
   </si>
   <si>
     <t>14.99</t>
   </si>
   <si>
-    <t>Ilya Zibarev</t>
+    <t>Илья Зибарев</t>
   </si>
   <si>
     <t>19.99</t>
   </si>
   <si>
     <t>18.21</t>
   </si>
   <si>
-    <t>Fedor Pozdnyakov</t>
+    <t>Фёдор Поздняков</t>
   </si>
   <si>
     <t>21.89</t>
   </si>
   <si>
     <t>19.85</t>
   </si>
   <si>
-    <t>Vladislav Kravchenko</t>
+    <t>Владислав Кравченко</t>
   </si>
   <si>
     <t>22.27</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
-    <t>Viktor Ivanov</t>
+    <t>Виктор Иванов</t>
   </si>
   <si>
     <t>23.29</t>
   </si>
   <si>
     <t>21.52</t>
   </si>
   <si>
-    <t>Andrey Krivosheev</t>
+    <t>Андрей Кривошеев</t>
   </si>
   <si>
     <t>27.76</t>
   </si>
   <si>
     <t>22.63</t>
   </si>
   <si>
-    <t>Artyom Abakumov</t>
+    <t>Артём Абакумов</t>
   </si>
   <si>
     <t>28.09</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Denis Muslyumovo</t>
+    <t>Денис Муслюмов</t>
   </si>
   <si>
     <t>29.47</t>
   </si>
   <si>
     <t>20.15</t>
   </si>
   <si>
-    <t>Vadim Medvedev</t>
+    <t>Вадим Медведев</t>
   </si>
   <si>
     <t>34.63</t>
   </si>
   <si>
     <t>32.33</t>
   </si>
   <si>
-    <t>Dmitry Gens</t>
+    <t>Дмитрий Генс</t>
   </si>
   <si>
     <t>34.83</t>
   </si>
   <si>
     <t>31.16</t>
   </si>
   <si>
-    <t>Spiridon Yakunin</t>
+    <t>Спиридон Якунин</t>
   </si>
   <si>
     <t>37.73</t>
   </si>
   <si>
     <t>18.31</t>
   </si>
   <si>
-    <t>Luka Latyshev</t>
+    <t>Лука Латышев</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>35.62</t>
   </si>
   <si>
-    <t>Ivan Streshinskiy</t>
+    <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>27.49</t>
   </si>
   <si>
-    <t>Stepan Dementyev</t>
+    <t>Степан Дементьев</t>
   </si>
   <si>
     <t>31.43</t>
   </si>
   <si>
-    <t>Alexander Kvitko</t>
+    <t>Александр Квитко</t>
   </si>
   <si>
     <t>49.02</t>
   </si>
   <si>
-    <t>Demid Shishnyov</t>
-[...2 lines deleted...]
-    <t>Philip Karavaev</t>
+    <t>Демид Шишнёв</t>
+  </si>
+  <si>
+    <t>Филипп Караваев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -684,53 +684,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C36" sqref="C36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>