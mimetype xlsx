--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,356 +12,353 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Андрей Синицын</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Andrey Sinitsyn</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>2.92</t>
   </si>
   <si>
-    <t>Степан Мельников</t>
+    <t>Stepan Melnikov</t>
   </si>
   <si>
     <t>6.03</t>
   </si>
   <si>
     <t>4.47</t>
   </si>
   <si>
-    <t>Артём Куликов</t>
+    <t>Artem Kulikov</t>
   </si>
   <si>
     <t>6.42</t>
   </si>
   <si>
     <t>5.09</t>
   </si>
   <si>
-    <t>Владислав Андросов</t>
+    <t>Vladislav Androsov</t>
   </si>
   <si>
     <t>6.79</t>
   </si>
   <si>
     <t>5.94</t>
   </si>
   <si>
-    <t>Денис Синюшкин</t>
+    <t>Denis Sinyushkin</t>
   </si>
   <si>
     <t>8.65</t>
   </si>
   <si>
     <t>4.41</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
-[...8 lines deleted...]
-    <t>Никита Малышкин</t>
+    <t>Anastasiya Maykova</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>7.48</t>
+  </si>
+  <si>
+    <t>Nikita Malyshkin</t>
   </si>
   <si>
     <t>9.98</t>
   </si>
   <si>
     <t>8.68</t>
   </si>
   <si>
-    <t>Тимофей Антонов</t>
+    <t>Timofey Antonov</t>
   </si>
   <si>
     <t>10.84</t>
   </si>
   <si>
     <t>9.83</t>
   </si>
   <si>
-    <t>Фёдор Романов</t>
+    <t>Fyodor Romanov</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>10.35</t>
   </si>
   <si>
-    <t>Владимир Щеглов</t>
+    <t>Vladimir Shcheglov</t>
   </si>
   <si>
     <t>11.32</t>
   </si>
   <si>
     <t>9.76</t>
   </si>
   <si>
-    <t>Афанасий Иванов</t>
+    <t>Afanasy Ivanov</t>
   </si>
   <si>
     <t>11.34</t>
   </si>
   <si>
-    <t>9.15</t>
-[...2 lines deleted...]
-    <t>Александр Минко</t>
+    <t>Aleksandr Minko</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
     <t>11.30</t>
   </si>
   <si>
-    <t>Владимир Гриднев</t>
+    <t>Vladimir Gridnev</t>
   </si>
   <si>
     <t>13.18</t>
   </si>
   <si>
     <t>10.96</t>
   </si>
   <si>
-    <t>Илья Попов</t>
+    <t>Ilya Popov</t>
   </si>
   <si>
     <t>13.31</t>
   </si>
   <si>
     <t>12.49</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
     <t>11.02</t>
   </si>
   <si>
-    <t>Лев Кураев</t>
+    <t>Lev Kuraev</t>
   </si>
   <si>
     <t>13.77</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
+    <t>Arsenii Borovkov</t>
   </si>
   <si>
     <t>13.84</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
-    <t>Тимофей Киреев</t>
+    <t>Timofey Kireev</t>
   </si>
   <si>
     <t>15.39</t>
   </si>
   <si>
     <t>13.96</t>
   </si>
   <si>
-    <t>Артём Лян</t>
+    <t>Artem Lyan</t>
   </si>
   <si>
     <t>18.13</t>
   </si>
   <si>
     <t>14.99</t>
   </si>
   <si>
-    <t>Илья Зибарев</t>
+    <t>Ilya Zibarev</t>
   </si>
   <si>
     <t>19.99</t>
   </si>
   <si>
     <t>18.21</t>
   </si>
   <si>
-    <t>Фёдор Поздняков</t>
+    <t>Fedor Pozdnyakov</t>
   </si>
   <si>
     <t>21.89</t>
   </si>
   <si>
     <t>19.85</t>
   </si>
   <si>
-    <t>Владислав Кравченко</t>
+    <t>Vladislav Kravchenko</t>
   </si>
   <si>
     <t>22.27</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
-    <t>Виктор Иванов</t>
+    <t>Viktor Ivanov</t>
   </si>
   <si>
     <t>23.29</t>
   </si>
   <si>
     <t>21.52</t>
   </si>
   <si>
-    <t>Андрей Кривошеев</t>
+    <t>Andrey Krivosheev</t>
   </si>
   <si>
     <t>27.76</t>
   </si>
   <si>
     <t>22.63</t>
   </si>
   <si>
-    <t>Артём Абакумов</t>
+    <t>Artyom Abakumov</t>
   </si>
   <si>
     <t>28.09</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Денис Муслюмов</t>
+    <t>Denis Muslyumovo</t>
   </si>
   <si>
     <t>29.47</t>
   </si>
   <si>
     <t>20.15</t>
   </si>
   <si>
-    <t>Вадим Медведев</t>
+    <t>Vadim Medvedev</t>
   </si>
   <si>
     <t>34.63</t>
   </si>
   <si>
     <t>32.33</t>
   </si>
   <si>
-    <t>Дмитрий Генс</t>
+    <t>Dmitry Gens</t>
   </si>
   <si>
     <t>34.83</t>
   </si>
   <si>
     <t>31.16</t>
   </si>
   <si>
-    <t>Спиридон Якунин</t>
+    <t>Spiridon Yakunin</t>
   </si>
   <si>
     <t>37.73</t>
   </si>
   <si>
     <t>18.31</t>
   </si>
   <si>
-    <t>Лука Латышев</t>
+    <t>Luka Latyshev</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>35.62</t>
   </si>
   <si>
-    <t>Иван Стрешинский</t>
+    <t>Ivan Streshinskiy</t>
   </si>
   <si>
     <t>27.49</t>
   </si>
   <si>
-    <t>Степан Дементьев</t>
+    <t>Stepan Dementyev</t>
   </si>
   <si>
     <t>31.43</t>
   </si>
   <si>
-    <t>Александр Квитко</t>
+    <t>Alexander Kvitko</t>
   </si>
   <si>
     <t>49.02</t>
   </si>
   <si>
-    <t>Демид Шишнёв</t>
-[...2 lines deleted...]
-    <t>Филипп Караваев</t>
+    <t>Demid Shishnyov</t>
+  </si>
+  <si>
+    <t>Philip Karavaev</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -684,53 +681,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C36" sqref="C36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -854,364 +851,364 @@
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>84</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>87</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="B35" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C35" s="1"/>
     </row>
     <row r="36" spans="1:4">
       <c r="B36" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C36" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>