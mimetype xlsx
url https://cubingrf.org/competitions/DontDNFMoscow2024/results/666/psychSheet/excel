--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -29,126 +29,126 @@
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
-    <t>1:48.55</t>
-[...2 lines deleted...]
-    <t>1:44.57</t>
+    <t>1:46.68</t>
+  </si>
+  <si>
+    <t>1:43.51</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
-    <t>1:52.54</t>
-[...2 lines deleted...]
-    <t>1:44.32</t>
+    <t>1:51.48</t>
+  </si>
+  <si>
+    <t>1:40.60</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>1:56.43</t>
+  </si>
+  <si>
+    <t>1:41.07</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:56.83</t>
   </si>
   <si>
     <t>1:50.61</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...7 lines deleted...]
-  <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>2:01.63</t>
   </si>
   <si>
     <t>1:54.06</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>2:11.13</t>
   </si>
   <si>
     <t>2:05.33</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>2:30.58</t>
   </si>
   <si>
     <t>2:23.08</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>2:42.41</t>
+  </si>
+  <si>
+    <t>2:36.82</t>
+  </si>
+  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
-  </si>
-[...7 lines deleted...]
-    <t>2:39.72</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>