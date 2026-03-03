--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -53,219 +53,219 @@
   <si>
     <t>2.71</t>
   </si>
   <si>
     <t>1.77</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>4.71</t>
   </si>
   <si>
     <t>2.32</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>5.34</t>
   </si>
   <si>
     <t>3.12</t>
   </si>
   <si>
+    <t>Степан Кобелев</t>
+  </si>
+  <si>
+    <t>5.55</t>
+  </si>
+  <si>
+    <t>3.88</t>
+  </si>
+  <si>
+    <t>Александр Аникин</t>
+  </si>
+  <si>
+    <t>5.67</t>
+  </si>
+  <si>
+    <t>4.82</t>
+  </si>
+  <si>
+    <t>Анна Дуганова</t>
+  </si>
+  <si>
+    <t>5.80</t>
+  </si>
+  <si>
+    <t>3.87</t>
+  </si>
+  <si>
+    <t>Алексей Плешков</t>
+  </si>
+  <si>
+    <t>5.83</t>
+  </si>
+  <si>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>6.18</t>
+  </si>
+  <si>
+    <t>4.24</t>
+  </si>
+  <si>
+    <t>Дмитрий Сидоренко</t>
+  </si>
+  <si>
+    <t>6.70</t>
+  </si>
+  <si>
+    <t>4.95</t>
+  </si>
+  <si>
+    <t>Егор Гущин</t>
+  </si>
+  <si>
+    <t>6.80</t>
+  </si>
+  <si>
+    <t>4.37</t>
+  </si>
+  <si>
+    <t>Евгений Ткачёв</t>
+  </si>
+  <si>
+    <t>6.81</t>
+  </si>
+  <si>
+    <t>3.71</t>
+  </si>
+  <si>
+    <t>Лев Аронов</t>
+  </si>
+  <si>
+    <t>7.23</t>
+  </si>
+  <si>
+    <t>3.31</t>
+  </si>
+  <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>5.53</t>
-[...83 lines deleted...]
-    <t>3.31</t>
+    <t>7.24</t>
+  </si>
+  <si>
+    <t>4.52</t>
+  </si>
+  <si>
+    <t>Семён Рудик</t>
+  </si>
+  <si>
+    <t>9.46</t>
+  </si>
+  <si>
+    <t>4.84</t>
+  </si>
+  <si>
+    <t>Илья Горинов</t>
+  </si>
+  <si>
+    <t>9.63</t>
+  </si>
+  <si>
+    <t>6.89</t>
   </si>
   <si>
     <t>Владислав Тарасов</t>
   </si>
   <si>
-    <t>8.05</t>
-[...20 lines deleted...]
-    <t>6.89</t>
+    <t>10.22</t>
+  </si>
+  <si>
+    <t>7.01</t>
+  </si>
+  <si>
+    <t>Даниил Таланцев</t>
+  </si>
+  <si>
+    <t>12.24</t>
+  </si>
+  <si>
+    <t>9.04</t>
+  </si>
+  <si>
+    <t>Владимир Прохоров</t>
+  </si>
+  <si>
+    <t>12.57</t>
+  </si>
+  <si>
+    <t>10.40</t>
+  </si>
+  <si>
+    <t>Матвей Отраднов</t>
+  </si>
+  <si>
+    <t>13.85</t>
+  </si>
+  <si>
+    <t>7.98</t>
+  </si>
+  <si>
+    <t>Евгений Пастух</t>
+  </si>
+  <si>
+    <t>13.88</t>
+  </si>
+  <si>
+    <t>12.30</t>
+  </si>
+  <si>
+    <t>Савелий Рылов</t>
+  </si>
+  <si>
+    <t>13.97</t>
+  </si>
+  <si>
+    <t>9.97</t>
   </si>
   <si>
     <t>Вадим Пономарев</t>
   </si>
   <si>
-    <t>11.45</t>
-[...47 lines deleted...]
-    <t>9.97</t>
+    <t>14.26</t>
+  </si>
+  <si>
+    <t>10.57</t>
   </si>
   <si>
     <t>Михаил Субботин</t>
   </si>
   <si>
     <t>18.52</t>
   </si>
   <si>
     <t>10.98</t>
   </si>
   <si>
     <t>Кристина Дурягина</t>
   </si>
   <si>
     <t>18.91</t>
   </si>
   <si>
     <t>11.96</t>
   </si>
   <si>
     <t>Пётр Белоус</t>
   </si>
   <si>
     <t>21.99</t>
   </si>