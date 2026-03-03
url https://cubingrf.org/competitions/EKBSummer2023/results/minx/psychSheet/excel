--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -38,72 +38,72 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>31.71</t>
   </si>
   <si>
     <t>28.84</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
-    <t>45.10</t>
+    <t>42.63</t>
   </si>
   <si>
     <t>37.45</t>
   </si>
   <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>1:02.03</t>
+  </si>
+  <si>
+    <t>54.26</t>
+  </si>
+  <si>
     <t>Владимир Лебедев</t>
   </si>
   <si>
-    <t>1:00.36</t>
+    <t>1:03.59</t>
   </si>
   <si>
     <t>54.82</t>
-  </si>
-[...7 lines deleted...]
-    <t>54.26</t>
   </si>
   <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>1:04.24</t>
   </si>
   <si>
     <t>55.72</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>1:13.69</t>
   </si>
   <si>
     <t>1:00.59</t>
   </si>
   <si>
     <t>Андрей Федоров</t>
   </si>
   <si>
     <t>1:18.25</t>
   </si>