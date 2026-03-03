--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -17,291 +17,291 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Artem Sosnovskikh</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>2.71</t>
   </si>
   <si>
     <t>1.77</t>
   </si>
   <si>
-    <t>Artem Vasilchenko</t>
+    <t>Артём Васильченко</t>
   </si>
   <si>
     <t>4.22</t>
   </si>
   <si>
     <t>3.06</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>4.71</t>
   </si>
   <si>
     <t>2.32</t>
   </si>
   <si>
-    <t>Vasily Stasyev</t>
-[...8 lines deleted...]
-    <t>Aleksey Pleshkov</t>
+    <t>Алексей Плешков</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
-    <t>Dmitry Sidorenko</t>
-[...8 lines deleted...]
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
     <t>4.24</t>
   </si>
   <si>
-    <t>Egor Gushchin</t>
+    <t>Дмитрий Сидоренко</t>
+  </si>
+  <si>
+    <t>6.70</t>
+  </si>
+  <si>
+    <t>4.95</t>
+  </si>
+  <si>
+    <t>Егор Гущин</t>
   </si>
   <si>
     <t>6.80</t>
   </si>
   <si>
     <t>4.37</t>
   </si>
   <si>
-    <t>Evgeniy Tkachev</t>
+    <t>Евгений Ткачёв</t>
   </si>
   <si>
     <t>6.81</t>
   </si>
   <si>
     <t>3.71</t>
   </si>
   <si>
-    <t>Lev Aronov</t>
+    <t>Лев Аронов</t>
   </si>
   <si>
     <t>7.23</t>
   </si>
   <si>
     <t>3.31</t>
   </si>
   <si>
-    <t>Islam Razhev</t>
+    <t>Василий Стасьев</t>
+  </si>
+  <si>
+    <t>7.24</t>
+  </si>
+  <si>
+    <t>4.52</t>
+  </si>
+  <si>
+    <t>Ислам Ражев</t>
   </si>
   <si>
     <t>7.73</t>
   </si>
   <si>
     <t>4.77</t>
   </si>
   <si>
-    <t>Artem Donguzov</t>
+    <t>Артем Донгузов</t>
   </si>
   <si>
     <t>8.49</t>
   </si>
   <si>
-    <t>6.63</t>
-[...2 lines deleted...]
-    <t>Semën Rudik</t>
+    <t>7.14</t>
+  </si>
+  <si>
+    <t>Семён Рудик</t>
   </si>
   <si>
     <t>9.46</t>
   </si>
   <si>
     <t>4.84</t>
   </si>
   <si>
-    <t>Ilia Krutov</t>
+    <t>Илья Крутов</t>
   </si>
   <si>
     <t>10.42</t>
   </si>
   <si>
     <t>7.22</t>
   </si>
   <si>
-    <t>Kirill Shterkelʹ</t>
+    <t>Артём Тарасов</t>
+  </si>
+  <si>
+    <t>10.50</t>
+  </si>
+  <si>
+    <t>7.44</t>
+  </si>
+  <si>
+    <t>Кирилл Штеркель</t>
   </si>
   <si>
     <t>11.40</t>
   </si>
   <si>
     <t>6.29</t>
   </si>
   <si>
-    <t>Vadim Ponomarev</t>
-[...8 lines deleted...]
-    <t>Daniil Talantsev</t>
+    <t>Даниил Таланцев</t>
   </si>
   <si>
     <t>12.24</t>
   </si>
   <si>
     <t>9.04</t>
   </si>
   <si>
-    <t>Matvey Otradnov</t>
+    <t>Матвей Отраднов</t>
   </si>
   <si>
     <t>13.85</t>
   </si>
   <si>
     <t>7.98</t>
   </si>
   <si>
-    <t>Mikhail Smirnov</t>
+    <t>Вадим Пономарев</t>
+  </si>
+  <si>
+    <t>14.26</t>
+  </si>
+  <si>
+    <t>10.57</t>
+  </si>
+  <si>
+    <t>Михаил Смирнов</t>
   </si>
   <si>
     <t>15.04</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
-    <t>Mikhail Novikov</t>
+    <t>Михаил Новиков</t>
   </si>
   <si>
     <t>15.25</t>
   </si>
   <si>
     <t>9.87</t>
   </si>
   <si>
-    <t>Anna Kasatkina</t>
+    <t>Анна Касаткина</t>
   </si>
   <si>
     <t>15.38</t>
   </si>
   <si>
     <t>9.99</t>
   </si>
   <si>
-    <t>Vyacheslav Andreyev</t>
+    <t>Вячеслав Андреев</t>
   </si>
   <si>
     <t>16.01</t>
   </si>
   <si>
     <t>12.88</t>
   </si>
   <si>
-    <t>Sergey Yarmula</t>
+    <t>Сергей Ярмула</t>
   </si>
   <si>
     <t>17.58</t>
   </si>
   <si>
     <t>13.44</t>
   </si>
   <si>
-    <t>Konstantin Balabashkin</t>
+    <t>Константин Балабашкин</t>
   </si>
   <si>
     <t>17.63</t>
   </si>
   <si>
     <t>9.19</t>
   </si>
   <si>
-    <t>Kristina Duryagina</t>
+    <t>Кристина Дурягина</t>
   </si>
   <si>
     <t>18.91</t>
   </si>
   <si>
     <t>11.96</t>
-  </si>
-[...7 lines deleted...]
-    <t>11.95</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -624,53 +624,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>