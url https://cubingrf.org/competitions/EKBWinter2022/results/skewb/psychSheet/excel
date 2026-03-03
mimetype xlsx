--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -56,153 +56,153 @@
   <si>
     <t>2.09</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>4.15</t>
   </si>
   <si>
     <t>3.17</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
     <t>3.03</t>
   </si>
   <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
-    <t>6.06</t>
+    <t>6.12</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>Артём Васильченко</t>
   </si>
   <si>
     <t>6.14</t>
   </si>
   <si>
     <t>3.96</t>
   </si>
   <si>
     <t>Ислам Ражев</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
     <t>3.18</t>
   </si>
   <si>
     <t>Лев Аронов</t>
   </si>
   <si>
     <t>7.20</t>
   </si>
   <si>
-    <t>4.81</t>
+    <t>5.44</t>
   </si>
   <si>
     <t>Егор Гущин</t>
   </si>
   <si>
-    <t>7.78</t>
+    <t>8.16</t>
   </si>
   <si>
     <t>4.35</t>
   </si>
   <si>
+    <t>Артём Тарасов</t>
+  </si>
+  <si>
+    <t>9.45</t>
+  </si>
+  <si>
+    <t>8.29</t>
+  </si>
+  <si>
     <t>Артем Донгузов</t>
   </si>
   <si>
     <t>9.97</t>
   </si>
   <si>
     <t>7.01</t>
   </si>
   <si>
+    <t>Евгений Ткачёв</t>
+  </si>
+  <si>
+    <t>10.21</t>
+  </si>
+  <si>
+    <t>6.65</t>
+  </si>
+  <si>
+    <t>Илья Крутов</t>
+  </si>
+  <si>
+    <t>10.44</t>
+  </si>
+  <si>
+    <t>6.45</t>
+  </si>
+  <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>10.16</t>
-[...20 lines deleted...]
-    <t>6.45</t>
+    <t>11.37</t>
+  </si>
+  <si>
+    <t>5.63</t>
   </si>
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
     <t>13.24</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>Кирилл Штеркель</t>
   </si>
   <si>
     <t>17.31</t>
   </si>
   <si>
     <t>14.87</t>
-  </si>
-[...7 lines deleted...]
-    <t>14.27</t>
   </si>
   <si>
     <t>Анна Касаткина</t>
   </si>
   <si>
     <t>20.17</t>
   </si>
   <si>
     <t>13.47</t>
   </si>
   <si>
     <t>Михаил Смирнов</t>
   </si>
   <si>
     <t>22.93</t>
   </si>
   <si>
     <t>17.42</t>
   </si>
   <si>
     <t>Сергей Ярмула</t>
   </si>
   <si>
     <t>27.24</t>
   </si>