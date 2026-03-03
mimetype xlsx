--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,218 +12,212 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
     <t>14.66</t>
   </si>
   <si>
     <t>12.54</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>14.92</t>
   </si>
   <si>
     <t>12.77</t>
   </si>
   <si>
     <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>16.54</t>
   </si>
   <si>
     <t>14.94</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
-    <t>21.78</t>
+    <t>20.91</t>
   </si>
   <si>
     <t>18.64</t>
   </si>
   <si>
+    <t>Батор Дугаров</t>
+  </si>
+  <si>
+    <t>27.24</t>
+  </si>
+  <si>
+    <t>23.97</t>
+  </si>
+  <si>
+    <t>Артур Друженя</t>
+  </si>
+  <si>
+    <t>27.92</t>
+  </si>
+  <si>
+    <t>20.80</t>
+  </si>
+  <si>
+    <t>Арина Зубова</t>
+  </si>
+  <si>
+    <t>28.49</t>
+  </si>
+  <si>
+    <t>21.80</t>
+  </si>
+  <si>
+    <t>Баир Ешиев</t>
+  </si>
+  <si>
+    <t>29.04</t>
+  </si>
+  <si>
+    <t>22.91</t>
+  </si>
+  <si>
+    <t>Игорь Селиванов</t>
+  </si>
+  <si>
+    <t>30.05</t>
+  </si>
+  <si>
+    <t>26.12</t>
+  </si>
+  <si>
+    <t>Кирилл Ослонов</t>
+  </si>
+  <si>
+    <t>30.17</t>
+  </si>
+  <si>
+    <t>24.28</t>
+  </si>
+  <si>
+    <t>Евгений Ким</t>
+  </si>
+  <si>
+    <t>32.55</t>
+  </si>
+  <si>
+    <t>26.86</t>
+  </si>
+  <si>
+    <t>Баир Павлов</t>
+  </si>
+  <si>
+    <t>36.79</t>
+  </si>
+  <si>
+    <t>32.99</t>
+  </si>
+  <si>
+    <t>Алексей Батуев</t>
+  </si>
+  <si>
+    <t>40.29</t>
+  </si>
+  <si>
+    <t>36.46</t>
+  </si>
+  <si>
+    <t>Цыден Хармакшанов</t>
+  </si>
+  <si>
+    <t>40.51</t>
+  </si>
+  <si>
+    <t>33.50</t>
+  </si>
+  <si>
+    <t>Милана Лонгинова</t>
+  </si>
+  <si>
+    <t>42.21</t>
+  </si>
+  <si>
+    <t>32.72</t>
+  </si>
+  <si>
+    <t>Анастасия Квитченко</t>
+  </si>
+  <si>
+    <t>50.32</t>
+  </si>
+  <si>
+    <t>45.87</t>
+  </si>
+  <si>
+    <t>Артём Меланьин</t>
+  </si>
+  <si>
     <t>Тимофей Захарченко</t>
-  </si>
-[...115 lines deleted...]
-    <t>Артём Меланьин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -790,66 +784,58 @@
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
-      <c r="A18">
-[...1 lines deleted...]
-      </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C18" s="1"/>
     </row>
     <row r="19" spans="1:4">
       <c r="B19" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C19" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>