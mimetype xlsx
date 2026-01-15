--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -12,326 +12,323 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>4.50</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Якинто</t>
+  </si>
+  <si>
+    <t>3.79</t>
   </si>
   <si>
     <t>2.50</t>
   </si>
   <si>
-    <t>Kirill Oslonov</t>
+    <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>4.75</t>
   </si>
   <si>
     <t>3.55</t>
   </si>
   <si>
-    <t>Ilya Sokolov</t>
+    <t>Илья Соколов</t>
   </si>
   <si>
     <t>4.95</t>
   </si>
   <si>
     <t>3.01</t>
   </si>
   <si>
-    <t>Dorzho Tsybenov</t>
+    <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>5.14</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
-    <t>Nikita Pak</t>
+    <t>Никита Пак</t>
   </si>
   <si>
     <t>5.57</t>
   </si>
   <si>
     <t>4.52</t>
   </si>
   <si>
-    <t>Bator Dugarov</t>
+    <t>Батор Дугаров</t>
   </si>
   <si>
     <t>6.95</t>
   </si>
   <si>
     <t>5.90</t>
   </si>
   <si>
-    <t>Elisei Yaquinto</t>
+    <t>Елисей Якинто</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
     <t>5.79</t>
   </si>
   <si>
-    <t>Igor Selivanov</t>
+    <t>Игорь Селиванов</t>
   </si>
   <si>
     <t>7.98</t>
   </si>
   <si>
     <t>5.29</t>
   </si>
   <si>
-    <t>Dmitry Salakhov</t>
+    <t>Дмитрий Салахов</t>
   </si>
   <si>
     <t>8.03</t>
   </si>
   <si>
     <t>5.32</t>
   </si>
   <si>
-    <t>Timofey Zakharchenko</t>
+    <t>Тимофей Захарченко</t>
   </si>
   <si>
     <t>8.24</t>
   </si>
   <si>
     <t>4.26</t>
   </si>
   <si>
-    <t>Bair Yeshiyev</t>
+    <t>Денис Воробьев</t>
+  </si>
+  <si>
+    <t>8.93</t>
+  </si>
+  <si>
+    <t>4.98</t>
+  </si>
+  <si>
+    <t>Баир Ешиев</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>5.15</t>
   </si>
   <si>
-    <t>Denis Vorobyev</t>
-[...8 lines deleted...]
-    <t>Aleksandra Voroshilova</t>
+    <t>Александра Ворошилова</t>
   </si>
   <si>
     <t>9.73</t>
   </si>
   <si>
-    <t>7.60</t>
-[...2 lines deleted...]
-    <t>Aleksey Batuyev</t>
+    <t>7.46</t>
+  </si>
+  <si>
+    <t>Алексей Батуев</t>
   </si>
   <si>
     <t>10.19</t>
   </si>
   <si>
     <t>7.74</t>
   </si>
   <si>
-    <t>Anton Chernyshov</t>
+    <t>Антон Чернышов</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
     <t>6.04</t>
   </si>
   <si>
-    <t>Tsyden Kharmakshanov</t>
+    <t>Цыден Хармакшанов</t>
   </si>
   <si>
     <t>10.50</t>
   </si>
   <si>
     <t>8.36</t>
   </si>
   <si>
-    <t>Aleksandra Vorobʹyeva</t>
+    <t>Александра Воробьева</t>
   </si>
   <si>
     <t>10.51</t>
   </si>
   <si>
     <t>9.00</t>
   </si>
   <si>
-    <t>Alina Pak</t>
+    <t>Алина Пак</t>
   </si>
   <si>
     <t>10.81</t>
   </si>
   <si>
     <t>8.34</t>
   </si>
   <si>
-    <t>Tatyana Yaquinto</t>
+    <t>Татьяна Якинто</t>
   </si>
   <si>
     <t>11.50</t>
   </si>
   <si>
-    <t>6.85</t>
-[...2 lines deleted...]
-    <t>Bair Pavlov</t>
+    <t>5.97</t>
+  </si>
+  <si>
+    <t>Баир Павлов</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
     <t>4.88</t>
   </si>
   <si>
-    <t>Semën Kozin</t>
+    <t>Семён Козин</t>
   </si>
   <si>
     <t>12.12</t>
   </si>
   <si>
     <t>5.89</t>
   </si>
   <si>
-    <t>Anastasiya Kvitchenko</t>
-[...2 lines deleted...]
-    <t>12.15</t>
+    <t>Анастасия Квитченко</t>
   </si>
   <si>
     <t>6.75</t>
   </si>
   <si>
-    <t>Arina Zubova</t>
+    <t>Арина Зубова</t>
   </si>
   <si>
     <t>13.54</t>
   </si>
   <si>
     <t>5.58</t>
   </si>
   <si>
-    <t>Danila Makhalov</t>
+    <t>Данила Махалов</t>
   </si>
   <si>
     <t>13.69</t>
   </si>
   <si>
     <t>6.52</t>
   </si>
   <si>
-    <t>Artëm Arzamazov</t>
+    <t>Артём Арзамазов</t>
   </si>
   <si>
     <t>14.51</t>
   </si>
   <si>
     <t>12.43</t>
   </si>
   <si>
-    <t>Olʹga Pakhomova</t>
+    <t>Ольга Пахомова</t>
   </si>
   <si>
     <t>21.13</t>
   </si>
   <si>
     <t>18.57</t>
   </si>
   <si>
-    <t>Akim Kutsev</t>
+    <t>Аким Куцев</t>
   </si>
   <si>
     <t>21.26</t>
   </si>
   <si>
     <t>16.67</t>
   </si>
   <si>
-    <t>Adisa Karkunova</t>
+    <t>Адиса Каркунова</t>
   </si>
   <si>
     <t>22.50</t>
   </si>
   <si>
     <t>21.31</t>
   </si>
   <si>
-    <t>Vyacheslav Belousov</t>
+    <t>Вячеслав Белоусов</t>
   </si>
   <si>
     <t>25.00</t>
   </si>
   <si>
     <t>18.87</t>
   </si>
   <si>
-    <t>Ilya Noskov</t>
+    <t>Илья Носков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -656,51 +653,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C31" sqref="C31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -975,157 +972,157 @@
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>84</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>87</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="B31" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C31" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>