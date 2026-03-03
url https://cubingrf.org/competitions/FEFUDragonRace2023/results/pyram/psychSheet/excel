--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,323 +12,317 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
-    <t>3.79</t>
+    <t>4.55</t>
   </si>
   <si>
     <t>2.50</t>
   </si>
   <si>
     <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>4.75</t>
   </si>
   <si>
     <t>3.55</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
     <t>4.95</t>
   </si>
   <si>
     <t>3.01</t>
   </si>
   <si>
     <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>5.14</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>5.57</t>
   </si>
   <si>
-    <t>4.52</t>
+    <t>3.92</t>
   </si>
   <si>
     <t>Батор Дугаров</t>
   </si>
   <si>
     <t>6.95</t>
   </si>
   <si>
     <t>5.90</t>
   </si>
   <si>
+    <t>Цыден Хармакшанов</t>
+  </si>
+  <si>
+    <t>7.30</t>
+  </si>
+  <si>
+    <t>6.70</t>
+  </si>
+  <si>
+    <t>Денис Воробьев</t>
+  </si>
+  <si>
+    <t>7.45</t>
+  </si>
+  <si>
+    <t>4.98</t>
+  </si>
+  <si>
     <t>Елисей Якинто</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
     <t>5.79</t>
   </si>
   <si>
     <t>Игорь Селиванов</t>
   </si>
   <si>
     <t>7.98</t>
   </si>
   <si>
     <t>5.29</t>
   </si>
   <si>
     <t>Дмитрий Салахов</t>
   </si>
   <si>
     <t>8.03</t>
   </si>
   <si>
-    <t>5.32</t>
+    <t>6.47</t>
+  </si>
+  <si>
+    <t>Баир Ешиев</t>
+  </si>
+  <si>
+    <t>8.94</t>
+  </si>
+  <si>
+    <t>5.15</t>
+  </si>
+  <si>
+    <t>Александра Ворошилова</t>
+  </si>
+  <si>
+    <t>9.73</t>
+  </si>
+  <si>
+    <t>6.27</t>
+  </si>
+  <si>
+    <t>Алексей Батуев</t>
+  </si>
+  <si>
+    <t>10.19</t>
+  </si>
+  <si>
+    <t>7.74</t>
+  </si>
+  <si>
+    <t>Антон Чернышов</t>
+  </si>
+  <si>
+    <t>10.22</t>
+  </si>
+  <si>
+    <t>6.04</t>
+  </si>
+  <si>
+    <t>Анастасия Квитченко</t>
+  </si>
+  <si>
+    <t>6.38</t>
+  </si>
+  <si>
+    <t>Александра Воробьева</t>
+  </si>
+  <si>
+    <t>10.51</t>
+  </si>
+  <si>
+    <t>8.63</t>
+  </si>
+  <si>
+    <t>Алина Пак</t>
+  </si>
+  <si>
+    <t>10.81</t>
+  </si>
+  <si>
+    <t>8.34</t>
+  </si>
+  <si>
+    <t>Баир Павлов</t>
+  </si>
+  <si>
+    <t>11.72</t>
+  </si>
+  <si>
+    <t>4.88</t>
+  </si>
+  <si>
+    <t>Семён Козин</t>
+  </si>
+  <si>
+    <t>12.12</t>
+  </si>
+  <si>
+    <t>5.89</t>
+  </si>
+  <si>
+    <t>Татьяна Якинто</t>
+  </si>
+  <si>
+    <t>12.88</t>
+  </si>
+  <si>
+    <t>5.97</t>
+  </si>
+  <si>
+    <t>Арина Зубова</t>
+  </si>
+  <si>
+    <t>13.54</t>
+  </si>
+  <si>
+    <t>5.58</t>
+  </si>
+  <si>
+    <t>Данила Махалов</t>
+  </si>
+  <si>
+    <t>13.69</t>
+  </si>
+  <si>
+    <t>6.52</t>
+  </si>
+  <si>
+    <t>Артём Арзамазов</t>
+  </si>
+  <si>
+    <t>14.51</t>
+  </si>
+  <si>
+    <t>12.43</t>
+  </si>
+  <si>
+    <t>Ольга Пахомова</t>
+  </si>
+  <si>
+    <t>21.13</t>
+  </si>
+  <si>
+    <t>18.57</t>
+  </si>
+  <si>
+    <t>Аким Куцев</t>
+  </si>
+  <si>
+    <t>21.26</t>
+  </si>
+  <si>
+    <t>16.67</t>
+  </si>
+  <si>
+    <t>Адиса Каркунова</t>
+  </si>
+  <si>
+    <t>22.50</t>
+  </si>
+  <si>
+    <t>21.31</t>
+  </si>
+  <si>
+    <t>Вячеслав Белоусов</t>
+  </si>
+  <si>
+    <t>25.00</t>
+  </si>
+  <si>
+    <t>18.87</t>
+  </si>
+  <si>
+    <t>Илья Носков</t>
   </si>
   <si>
     <t>Тимофей Захарченко</t>
-  </si>
-[...175 lines deleted...]
-    <t>Илья Носков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -888,135 +882,135 @@
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
@@ -1063,66 +1057,58 @@
       <c r="B28" t="s">
         <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D28" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D29" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
-      <c r="A30">
-[...1 lines deleted...]
-      </c>
       <c r="B30" t="s">
         <v>87</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C30" s="1"/>
     </row>
     <row r="31" spans="1:4">
       <c r="B31" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C31" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>