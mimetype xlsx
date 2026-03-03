--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -41,60 +41,60 @@
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>17.37</t>
   </si>
   <si>
     <t>12.25</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
     <t>18.82</t>
   </si>
   <si>
-    <t>13.95</t>
+    <t>15.23</t>
   </si>
   <si>
     <t>Владимир Хисамов</t>
   </si>
   <si>
-    <t>31.01</t>
-[...2 lines deleted...]
-    <t>24.39</t>
+    <t>33.52</t>
+  </si>
+  <si>
+    <t>25.91</t>
   </si>
   <si>
     <t>Игорь Селиванов</t>
   </si>
   <si>
     <t>40.61</t>
   </si>
   <si>
     <t>32.95</t>
   </si>
   <si>
     <t>Анастасия Квитченко</t>
   </si>
   <si>
     <t>52.73</t>
   </si>
   <si>
     <t>46.42</t>
   </si>
   <si>
     <t>Антон Чернышов</t>
   </si>
   <si>
     <t>56.86</t>
   </si>