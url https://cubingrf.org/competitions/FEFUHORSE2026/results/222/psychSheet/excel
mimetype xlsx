--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -32,132 +32,132 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>2.63</t>
   </si>
   <si>
-    <t>0.89</t>
+    <t>1.13</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
-    <t>2.88</t>
+    <t>3.13</t>
   </si>
   <si>
     <t>2.01</t>
   </si>
   <si>
     <t>Дмитрий Салахов</t>
   </si>
   <si>
     <t>3.25</t>
   </si>
   <si>
     <t>2.54</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
     <t>2.60</t>
   </si>
   <si>
+    <t>Владислав Березниченко</t>
+  </si>
+  <si>
+    <t>4.24</t>
+  </si>
+  <si>
+    <t>3.35</t>
+  </si>
+  <si>
+    <t>Родион Пипко</t>
+  </si>
+  <si>
+    <t>4.40</t>
+  </si>
+  <si>
+    <t>2.58</t>
+  </si>
+  <si>
+    <t>Георгий Бутурлин</t>
+  </si>
+  <si>
+    <t>4.94</t>
+  </si>
+  <si>
+    <t>3.12</t>
+  </si>
+  <si>
+    <t>Денис Воробьев</t>
+  </si>
+  <si>
+    <t>4.95</t>
+  </si>
+  <si>
+    <t>2.95</t>
+  </si>
+  <si>
+    <t>Арина Зубова</t>
+  </si>
+  <si>
+    <t>4.96</t>
+  </si>
+  <si>
+    <t>3.50</t>
+  </si>
+  <si>
     <t>Леонид Захаров</t>
   </si>
   <si>
-    <t>3.93</t>
-[...47 lines deleted...]
-    <t>3.50</t>
+    <t>5.70</t>
+  </si>
+  <si>
+    <t>3.33</t>
   </si>
   <si>
     <t>Ян Хардиков</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
     <t>5.18</t>
   </si>
   <si>
     <t>Владимир Березниченко</t>
   </si>
   <si>
     <t>7.08</t>
   </si>
   <si>
     <t>3.32</t>
   </si>
   <si>
     <t>Евгений Ким</t>
   </si>
   <si>
     <t>7.10</t>
   </si>