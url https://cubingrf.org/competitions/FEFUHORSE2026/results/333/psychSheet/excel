--- v0 (2025-12-31)
+++ v1 (2026-03-03)
@@ -12,323 +12,458 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>8.90</t>
   </si>
   <si>
     <t>6.59</t>
   </si>
   <si>
+    <t>Илья Соколов</t>
+  </si>
+  <si>
+    <t>9.66</t>
+  </si>
+  <si>
+    <t>8.40</t>
+  </si>
+  <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>9.94</t>
   </si>
   <si>
     <t>8.25</t>
   </si>
   <si>
+    <t>Георгий Бутурлин</t>
+  </si>
+  <si>
+    <t>11.47</t>
+  </si>
+  <si>
+    <t>10.30</t>
+  </si>
+  <si>
     <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
     <t>9.63</t>
   </si>
   <si>
     <t>Андрей Деревягин</t>
   </si>
   <si>
     <t>11.98</t>
   </si>
   <si>
     <t>10.08</t>
   </si>
   <si>
+    <t>Владислав Березниченко</t>
+  </si>
+  <si>
+    <t>12.17</t>
+  </si>
+  <si>
+    <t>10.58</t>
+  </si>
+  <si>
+    <t>Леонид Захаров</t>
+  </si>
+  <si>
+    <t>12.35</t>
+  </si>
+  <si>
+    <t>10.50</t>
+  </si>
+  <si>
     <t>Дмитрий Салахов</t>
   </si>
   <si>
     <t>12.54</t>
   </si>
   <si>
     <t>11.17</t>
   </si>
   <si>
-    <t>Георгий Бутурлин</t>
-[...5 lines deleted...]
-    <t>10.92</t>
+    <t>Фаррух Исаков</t>
+  </si>
+  <si>
+    <t>13.33</t>
+  </si>
+  <si>
+    <t>12.16</t>
   </si>
   <si>
     <t>Арина Зубова</t>
   </si>
   <si>
     <t>13.47</t>
   </si>
   <si>
     <t>10.76</t>
   </si>
   <si>
-    <t>Владислав Березниченко</t>
-[...5 lines deleted...]
-    <t>11.69</t>
+    <t>Родион Пипко</t>
+  </si>
+  <si>
+    <t>14.03</t>
+  </si>
+  <si>
+    <t>13.14</t>
+  </si>
+  <si>
+    <t>Александра Ворошилова</t>
+  </si>
+  <si>
+    <t>14.36</t>
+  </si>
+  <si>
+    <t>Милана Лонгинова</t>
+  </si>
+  <si>
+    <t>14.53</t>
+  </si>
+  <si>
+    <t>12.23</t>
   </si>
   <si>
     <t>Евгений Ким</t>
   </si>
   <si>
     <t>14.70</t>
   </si>
   <si>
     <t>13.03</t>
   </si>
   <si>
-    <t>Александра Ворошилова</t>
-[...14 lines deleted...]
-    <t>12.23</t>
+    <t>Ян Хардиков</t>
+  </si>
+  <si>
+    <t>15.61</t>
+  </si>
+  <si>
+    <t>11.01</t>
   </si>
   <si>
     <t>Владимир Березниченко</t>
   </si>
   <si>
     <t>16.25</t>
   </si>
   <si>
     <t>13.91</t>
   </si>
   <si>
-    <t>Родион Пипко</t>
-[...14 lines deleted...]
-    <t>11.01</t>
+    <t>Артём Островидов</t>
+  </si>
+  <si>
+    <t>16.87</t>
+  </si>
+  <si>
+    <t>15.23</t>
   </si>
   <si>
     <t>Марк Чукмасов</t>
   </si>
   <si>
-    <t>18.06</t>
+    <t>17.09</t>
   </si>
   <si>
     <t>14.02</t>
   </si>
   <si>
-    <t>Артём Островидов</t>
-[...7 lines deleted...]
-  <si>
     <t>Денис Воробьев</t>
   </si>
   <si>
-    <t>19.59</t>
-[...2 lines deleted...]
-    <t>17.65</t>
+    <t>17.70</t>
+  </si>
+  <si>
+    <t>14.79</t>
   </si>
   <si>
     <t>Анастасия Квитченко</t>
   </si>
   <si>
     <t>19.87</t>
   </si>
   <si>
     <t>18.22</t>
   </si>
   <si>
+    <t>Вероника Максимова</t>
+  </si>
+  <si>
+    <t>20.66</t>
+  </si>
+  <si>
+    <t>13.94</t>
+  </si>
+  <si>
     <t>Данил Банный</t>
   </si>
   <si>
     <t>21.21</t>
   </si>
   <si>
     <t>16.83</t>
   </si>
   <si>
-    <t>Вероника Максимова</t>
-[...5 lines deleted...]
-    <t>18.10</t>
+    <t>Артём Черняев</t>
+  </si>
+  <si>
+    <t>23.78</t>
+  </si>
+  <si>
+    <t>17.37</t>
+  </si>
+  <si>
+    <t>Антон Каюров</t>
+  </si>
+  <si>
+    <t>27.36</t>
+  </si>
+  <si>
+    <t>22.82</t>
+  </si>
+  <si>
+    <t>Виктория Солдатова</t>
+  </si>
+  <si>
+    <t>27.99</t>
+  </si>
+  <si>
+    <t>25.73</t>
   </si>
   <si>
     <t>Виталина Калистратова</t>
   </si>
   <si>
     <t>29.83</t>
   </si>
   <si>
     <t>24.43</t>
   </si>
   <si>
+    <t>Богдан Абрамович</t>
+  </si>
+  <si>
+    <t>30.08</t>
+  </si>
+  <si>
+    <t>24.53</t>
+  </si>
+  <si>
+    <t>Элина Степанова</t>
+  </si>
+  <si>
+    <t>33.75</t>
+  </si>
+  <si>
+    <t>29.67</t>
+  </si>
+  <si>
+    <t>Кира Краева</t>
+  </si>
+  <si>
+    <t>35.13</t>
+  </si>
+  <si>
+    <t>28.30</t>
+  </si>
+  <si>
+    <t>Евгения Федина</t>
+  </si>
+  <si>
+    <t>37.17</t>
+  </si>
+  <si>
+    <t>30.49</t>
+  </si>
+  <si>
     <t>Елисей Якинто</t>
   </si>
   <si>
-    <t>37.23</t>
+    <t>38.52</t>
   </si>
   <si>
     <t>29.46</t>
   </si>
   <si>
-    <t>Кира Краева</t>
-[...5 lines deleted...]
-    <t>32.25</t>
+    <t>Матвей Луценко</t>
+  </si>
+  <si>
+    <t>41.10</t>
+  </si>
+  <si>
+    <t>34.53</t>
   </si>
   <si>
     <t>Олег Яковлев</t>
   </si>
   <si>
     <t>41.24</t>
   </si>
   <si>
-    <t>36.59</t>
-[...17 lines deleted...]
-    <t>40.72</t>
+    <t>35.00</t>
+  </si>
+  <si>
+    <t>Даниил Смолярчук</t>
+  </si>
+  <si>
+    <t>42.34</t>
+  </si>
+  <si>
+    <t>32.41</t>
+  </si>
+  <si>
+    <t>Екатерина Клименко</t>
+  </si>
+  <si>
+    <t>47.22</t>
+  </si>
+  <si>
+    <t>37.64</t>
+  </si>
+  <si>
+    <t>Светлана Яковлева</t>
+  </si>
+  <si>
+    <t>55.34</t>
+  </si>
+  <si>
+    <t>44.36</t>
+  </si>
+  <si>
+    <t>Любовь Гаврилятова</t>
+  </si>
+  <si>
+    <t>57.13</t>
+  </si>
+  <si>
+    <t>42.62</t>
   </si>
   <si>
     <t>Арсений Тихий</t>
   </si>
   <si>
-    <t>1:32.66</t>
-[...2 lines deleted...]
-    <t>1:26.79</t>
+    <t>1:13.02</t>
+  </si>
+  <si>
+    <t>59.49</t>
   </si>
   <si>
     <t>Ульяна Доценко</t>
   </si>
   <si>
-    <t>2:22.99</t>
-[...2 lines deleted...]
-    <t>1:47.04</t>
+    <t>1:28.83</t>
+  </si>
+  <si>
+    <t>1:09.95</t>
+  </si>
+  <si>
+    <t>Елисей Максимов</t>
+  </si>
+  <si>
+    <t>1:29.11</t>
+  </si>
+  <si>
+    <t>1:12.12</t>
+  </si>
+  <si>
+    <t>Камила Пак</t>
+  </si>
+  <si>
+    <t>1:29.77</t>
+  </si>
+  <si>
+    <t>1:08.01</t>
   </si>
   <si>
     <t>Артем Тихий</t>
   </si>
   <si>
-    <t>2:30.91</t>
-[...2 lines deleted...]
-    <t>1:56.08</t>
+    <t>1:39.04</t>
+  </si>
+  <si>
+    <t>1:11.09</t>
+  </si>
+  <si>
+    <t>Марьям Чернова</t>
+  </si>
+  <si>
+    <t>1:40.32</t>
+  </si>
+  <si>
+    <t>1:11.43</t>
+  </si>
+  <si>
+    <t>Кирилл Трофимов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -642,54 +777,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D30"/>
+  <dimension ref="A1:D46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C30" sqref="C30"/>
+      <selection activeCell="C46" sqref="C46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -849,276 +984,492 @@
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>84</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>87</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>89</v>
       </c>
-      <c r="D30" t="s">
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31">
+        <v>30</v>
+      </c>
+      <c r="B31" t="s">
         <v>90</v>
       </c>
+      <c r="C31" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D31" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32">
+        <v>31</v>
+      </c>
+      <c r="B32" t="s">
+        <v>93</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D32" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33">
+        <v>32</v>
+      </c>
+      <c r="B33" t="s">
+        <v>96</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D33" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34">
+        <v>33</v>
+      </c>
+      <c r="B34" t="s">
+        <v>99</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D34" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35">
+        <v>34</v>
+      </c>
+      <c r="B35" t="s">
+        <v>102</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D35" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36">
+        <v>35</v>
+      </c>
+      <c r="B36" t="s">
+        <v>105</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D36" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37">
+        <v>36</v>
+      </c>
+      <c r="B37" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D37" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38">
+        <v>37</v>
+      </c>
+      <c r="B38" t="s">
+        <v>111</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D38" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39">
+        <v>38</v>
+      </c>
+      <c r="B39" t="s">
+        <v>114</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D39" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40">
+        <v>39</v>
+      </c>
+      <c r="B40" t="s">
+        <v>117</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D40" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41">
+        <v>40</v>
+      </c>
+      <c r="B41" t="s">
+        <v>120</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D41" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42">
+        <v>41</v>
+      </c>
+      <c r="B42" t="s">
+        <v>123</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D42" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43">
+        <v>42</v>
+      </c>
+      <c r="B43" t="s">
+        <v>126</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D43" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44">
+        <v>43</v>
+      </c>
+      <c r="B44" t="s">
+        <v>129</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D44" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45">
+        <v>44</v>
+      </c>
+      <c r="B45" t="s">
+        <v>132</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D45" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="B46" t="s">
+        <v>135</v>
+      </c>
+      <c r="C46" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">