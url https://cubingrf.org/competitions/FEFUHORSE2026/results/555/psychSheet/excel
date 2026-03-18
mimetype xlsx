--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -53,66 +53,66 @@
   <si>
     <t>1:14.45</t>
   </si>
   <si>
     <t>1:08.27</t>
   </si>
   <si>
     <t>Дмитрий Мучкаев</t>
   </si>
   <si>
     <t>1:17.42</t>
   </si>
   <si>
     <t>1:09.13</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>1:20.57</t>
   </si>
   <si>
     <t>1:11.94</t>
   </si>
   <si>
+    <t>Кирилл Ослонов</t>
+  </si>
+  <si>
+    <t>1:35.30</t>
+  </si>
+  <si>
+    <t>1:28.69</t>
+  </si>
+  <si>
     <t>Илья Соколов</t>
   </si>
   <si>
-    <t>1:31.26</t>
+    <t>1:39.69</t>
   </si>
   <si>
     <t>1:25.40</t>
-  </si>
-[...7 lines deleted...]
-    <t>1:28.69</t>
   </si>
   <si>
     <t>Арина Зубова</t>
   </si>
   <si>
     <t>1:44.68</t>
   </si>
   <si>
     <t>1:40.31</t>
   </si>
   <si>
     <t>Георгий Бутурлин</t>
   </si>
   <si>
     <t>1:51.88</t>
   </si>
   <si>
     <t>1:44.43</t>
   </si>
   <si>
     <t>Владислав Березниченко</t>
   </si>
   <si>
     <t>1:52.38</t>
   </si>