--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -29,51 +29,51 @@
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
-    <t>2:24.29</t>
+    <t>2:29.99</t>
   </si>
   <si>
     <t>2:10.52</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>2:52.90</t>
   </si>
   <si>
     <t>2:46.95</t>
   </si>
   <si>
     <t>Арина Зубова</t>
   </si>
   <si>
     <t>3:24.47</t>
   </si>
   <si>
     <t>3:14.69</t>
   </si>
   <si>
     <t>Данил Банный</t>
   </si>