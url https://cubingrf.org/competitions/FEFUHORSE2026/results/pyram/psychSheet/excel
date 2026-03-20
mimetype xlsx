--- v0 (2026-01-31)
+++ v1 (2026-03-20)
@@ -29,162 +29,162 @@
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
-    <t>3.79</t>
+    <t>4.55</t>
   </si>
   <si>
     <t>2.50</t>
   </si>
   <si>
     <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>4.75</t>
   </si>
   <si>
     <t>3.55</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
     <t>4.95</t>
   </si>
   <si>
     <t>3.01</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>5.57</t>
   </si>
   <si>
     <t>3.92</t>
   </si>
   <si>
+    <t>Денис Воробьев</t>
+  </si>
+  <si>
+    <t>7.45</t>
+  </si>
+  <si>
+    <t>4.98</t>
+  </si>
+  <si>
+    <t>Елисей Якинто</t>
+  </si>
+  <si>
+    <t>7.48</t>
+  </si>
+  <si>
+    <t>5.79</t>
+  </si>
+  <si>
+    <t>Ян Хардиков</t>
+  </si>
+  <si>
+    <t>7.65</t>
+  </si>
+  <si>
+    <t>6.07</t>
+  </si>
+  <si>
+    <t>Александра Ворошилова</t>
+  </si>
+  <si>
+    <t>9.73</t>
+  </si>
+  <si>
+    <t>6.27</t>
+  </si>
+  <si>
+    <t>Анастасия Квитченко</t>
+  </si>
+  <si>
+    <t>10.22</t>
+  </si>
+  <si>
+    <t>6.38</t>
+  </si>
+  <si>
+    <t>Александра Воробьева</t>
+  </si>
+  <si>
+    <t>10.51</t>
+  </si>
+  <si>
+    <t>8.63</t>
+  </si>
+  <si>
     <t>Леонид Захаров</t>
   </si>
   <si>
-    <t>7.21</t>
-[...56 lines deleted...]
-    <t>8.63</t>
+    <t>10.80</t>
+  </si>
+  <si>
+    <t>7.55</t>
+  </si>
+  <si>
+    <t>Кира Краева</t>
+  </si>
+  <si>
+    <t>12.35</t>
+  </si>
+  <si>
+    <t>6.08</t>
   </si>
   <si>
     <t>Татьяна Якинто</t>
   </si>
   <si>
-    <t>11.50</t>
+    <t>12.88</t>
   </si>
   <si>
     <t>5.97</t>
-  </si>
-[...7 lines deleted...]
-    <t>6.08</t>
   </si>
   <si>
     <t>Родион Пипко</t>
   </si>
   <si>
     <t>12.99</t>
   </si>
   <si>
     <t>6.91</t>
   </si>
   <si>
     <t>Вероника Максимова</t>
   </si>
   <si>
     <t>13.32</t>
   </si>
   <si>
     <t>7.42</t>
   </si>
   <si>
     <t>Милана Лонгинова</t>
   </si>
   <si>
     <t>13.34</t>
   </si>