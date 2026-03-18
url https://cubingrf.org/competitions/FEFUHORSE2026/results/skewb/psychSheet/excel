--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -41,69 +41,69 @@
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>3.21</t>
   </si>
   <si>
     <t>1.67</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
     <t>4.65</t>
   </si>
   <si>
-    <t>2.72</t>
+    <t>3.87</t>
   </si>
   <si>
     <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>5.84</t>
   </si>
   <si>
     <t>3.86</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
-    <t>6.49</t>
-[...2 lines deleted...]
-    <t>3.18</t>
+    <t>6.84</t>
+  </si>
+  <si>
+    <t>3.58</t>
   </si>
   <si>
     <t>Денис Воробьев</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
     <t>Кира Краева</t>
   </si>
   <si>
     <t>11.12</t>
   </si>
   <si>
     <t>8.33</t>
   </si>
   <si>
     <t>Родион Пипко</t>
   </si>
   <si>
     <t>12.41</t>
   </si>