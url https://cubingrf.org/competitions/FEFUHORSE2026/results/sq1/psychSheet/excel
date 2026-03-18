--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -50,51 +50,51 @@
   <si>
     <t>Леонид Захаров</t>
   </si>
   <si>
     <t>15.73</t>
   </si>
   <si>
     <t>11.67</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>17.37</t>
   </si>
   <si>
     <t>12.25</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
     <t>18.82</t>
   </si>
   <si>
-    <t>13.95</t>
+    <t>15.23</t>
   </si>
   <si>
     <t>Артём Островидов</t>
   </si>
   <si>
     <t>22.08</t>
   </si>
   <si>
     <t>17.07</t>
   </si>
   <si>
     <t>Родион Пипко</t>
   </si>
   <si>
     <t>37.20</t>
   </si>
   <si>
     <t>24.22</t>
   </si>
   <si>
     <t>Анастасия Квитченко</t>
   </si>
   <si>
     <t>52.73</t>
   </si>