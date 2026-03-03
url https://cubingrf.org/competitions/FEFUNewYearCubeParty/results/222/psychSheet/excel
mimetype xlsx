--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,257 +12,251 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
-    <t>2.76</t>
-[...2 lines deleted...]
-    <t>0.89</t>
+    <t>2.63</t>
+  </si>
+  <si>
+    <t>1.13</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
-    <t>2.88</t>
+    <t>3.13</t>
   </si>
   <si>
     <t>2.01</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
     <t>2.60</t>
   </si>
   <si>
+    <t>Владислав Березниченко</t>
+  </si>
+  <si>
+    <t>4.24</t>
+  </si>
+  <si>
+    <t>3.35</t>
+  </si>
+  <si>
     <t>Родион Пипко</t>
   </si>
   <si>
     <t>4.40</t>
   </si>
   <si>
     <t>2.58</t>
   </si>
   <si>
-    <t>Владислав Березниченко</t>
-[...7 lines deleted...]
-  <si>
     <t>Денис Воробьев</t>
   </si>
   <si>
     <t>4.95</t>
   </si>
   <si>
     <t>2.95</t>
   </si>
   <si>
+    <t>Арина Зубова</t>
+  </si>
+  <si>
+    <t>4.96</t>
+  </si>
+  <si>
+    <t>3.50</t>
+  </si>
+  <si>
+    <t>Кирилл Ослонов</t>
+  </si>
+  <si>
+    <t>5.41</t>
+  </si>
+  <si>
+    <t>3.19</t>
+  </si>
+  <si>
+    <t>Владимир Березниченко</t>
+  </si>
+  <si>
+    <t>7.08</t>
+  </si>
+  <si>
+    <t>3.32</t>
+  </si>
+  <si>
+    <t>Евгений Ким</t>
+  </si>
+  <si>
+    <t>7.10</t>
+  </si>
+  <si>
+    <t>4.80</t>
+  </si>
+  <si>
+    <t>Александра Ворошилова</t>
+  </si>
+  <si>
+    <t>7.27</t>
+  </si>
+  <si>
+    <t>4.81</t>
+  </si>
+  <si>
+    <t>Данил Банный</t>
+  </si>
+  <si>
+    <t>7.38</t>
+  </si>
+  <si>
+    <t>5.97</t>
+  </si>
+  <si>
+    <t>Кира Краева</t>
+  </si>
+  <si>
+    <t>7.75</t>
+  </si>
+  <si>
+    <t>6.44</t>
+  </si>
+  <si>
+    <t>Вероника Максимова</t>
+  </si>
+  <si>
+    <t>7.77</t>
+  </si>
+  <si>
+    <t>5.39</t>
+  </si>
+  <si>
+    <t>Милана Лонгинова</t>
+  </si>
+  <si>
+    <t>7.79</t>
+  </si>
+  <si>
+    <t>5.90</t>
+  </si>
+  <si>
+    <t>Анастасия Квитченко</t>
+  </si>
+  <si>
+    <t>7.92</t>
+  </si>
+  <si>
+    <t>4.39</t>
+  </si>
+  <si>
+    <t>Евгения Федина</t>
+  </si>
+  <si>
+    <t>10.05</t>
+  </si>
+  <si>
+    <t>5.67</t>
+  </si>
+  <si>
+    <t>Виктория Солдатова</t>
+  </si>
+  <si>
+    <t>13.11</t>
+  </si>
+  <si>
+    <t>8.79</t>
+  </si>
+  <si>
+    <t>Артём Черняев</t>
+  </si>
+  <si>
+    <t>15.76</t>
+  </si>
+  <si>
+    <t>10.32</t>
+  </si>
+  <si>
+    <t>Арсений Тихий</t>
+  </si>
+  <si>
+    <t>27.30</t>
+  </si>
+  <si>
+    <t>15.25</t>
+  </si>
+  <si>
+    <t>Аделя Гильмутдинова</t>
+  </si>
+  <si>
+    <t>35.60</t>
+  </si>
+  <si>
     <t>Дмитрий Мучкаев</t>
-  </si>
-[...136 lines deleted...]
-    <t>35.60</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -891,68 +885,60 @@
       <c r="D20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="C22" s="1"/>
+      <c r="D22" t="s">
         <v>65</v>
       </c>
-      <c r="D22" t="s">
+    </row>
+    <row r="23" spans="1:4">
+      <c r="B23" t="s">
         <v>66</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C23" s="1"/>
-      <c r="D23" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">