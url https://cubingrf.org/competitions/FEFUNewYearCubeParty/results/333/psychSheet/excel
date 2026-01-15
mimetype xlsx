--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -12,260 +12,350 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Matthew Yaquinto</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>8.90</t>
   </si>
   <si>
     <t>6.59</t>
   </si>
   <si>
-    <t>Ilya Sokolov</t>
+    <t>Илья Соколов</t>
   </si>
   <si>
     <t>9.66</t>
   </si>
   <si>
     <t>8.52</t>
   </si>
   <si>
-    <t>Nikita Pak</t>
-[...2 lines deleted...]
-    <t>10.65</t>
+    <t>Никита Пак</t>
+  </si>
+  <si>
+    <t>9.94</t>
   </si>
   <si>
     <t>8.25</t>
   </si>
   <si>
-    <t>Kirill Oslonov</t>
+    <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
     <t>9.63</t>
   </si>
   <si>
-    <t>Andrey Derevyagin</t>
-[...2 lines deleted...]
-    <t>12.52</t>
+    <t>Андрей Деревягин</t>
+  </si>
+  <si>
+    <t>11.98</t>
   </si>
   <si>
     <t>10.08</t>
   </si>
   <si>
-    <t>Arina Zubova</t>
+    <t>Арина Зубова</t>
   </si>
   <si>
     <t>13.47</t>
   </si>
   <si>
     <t>10.76</t>
   </si>
   <si>
-    <t>Vladislav Bereznichenko</t>
-[...17 lines deleted...]
-    <t>Aleksandra Voroshilova</t>
+    <t>Владислав Березниченко</t>
+  </si>
+  <si>
+    <t>13.60</t>
+  </si>
+  <si>
+    <t>11.69</t>
+  </si>
+  <si>
+    <t>Евгений Ким</t>
+  </si>
+  <si>
+    <t>14.70</t>
+  </si>
+  <si>
+    <t>13.03</t>
+  </si>
+  <si>
+    <t>Александра Ворошилова</t>
   </si>
   <si>
     <t>15.29</t>
   </si>
   <si>
     <t>10.50</t>
   </si>
   <si>
-    <t>Dmitrii Muchkaev</t>
+    <t>Милана Лонгинова</t>
+  </si>
+  <si>
+    <t>15.59</t>
+  </si>
+  <si>
+    <t>12.23</t>
+  </si>
+  <si>
+    <t>Дмитрий Мучкаев</t>
   </si>
   <si>
     <t>16.13</t>
   </si>
   <si>
     <t>13.99</t>
   </si>
   <si>
-    <t>Vladimir Bereznichenko</t>
+    <t>Владимир Березниченко</t>
   </si>
   <si>
     <t>16.25</t>
   </si>
   <si>
-    <t>15.34</t>
-[...20 lines deleted...]
-    <t>Denis vorobyev</t>
+    <t>13.91</t>
+  </si>
+  <si>
+    <t>Родион Пипко</t>
+  </si>
+  <si>
+    <t>16.57</t>
+  </si>
+  <si>
+    <t>13.79</t>
+  </si>
+  <si>
+    <t>Марк Чукмасов</t>
+  </si>
+  <si>
+    <t>18.06</t>
+  </si>
+  <si>
+    <t>14.02</t>
+  </si>
+  <si>
+    <t>Денис Воробьев</t>
   </si>
   <si>
     <t>19.59</t>
   </si>
   <si>
-    <t>18.43</t>
-[...2 lines deleted...]
-    <t>Anastasiya Kvitchenko</t>
+    <t>17.65</t>
+  </si>
+  <si>
+    <t>Анастасия Квитченко</t>
   </si>
   <si>
     <t>19.87</t>
   </si>
   <si>
-    <t>19.11</t>
-[...20 lines deleted...]
-    <t>Vitalina Kalistratova</t>
+    <t>18.22</t>
+  </si>
+  <si>
+    <t>Данил Банный</t>
+  </si>
+  <si>
+    <t>21.21</t>
+  </si>
+  <si>
+    <t>16.83</t>
+  </si>
+  <si>
+    <t>Вероника Максимова</t>
+  </si>
+  <si>
+    <t>21.55</t>
+  </si>
+  <si>
+    <t>18.10</t>
+  </si>
+  <si>
+    <t>Артём Черняев</t>
+  </si>
+  <si>
+    <t>23.78</t>
+  </si>
+  <si>
+    <t>17.37</t>
+  </si>
+  <si>
+    <t>Виталина Калистратова</t>
   </si>
   <si>
     <t>29.83</t>
   </si>
   <si>
     <t>24.43</t>
   </si>
   <si>
-    <t>Elisei Yaquinto</t>
+    <t>Ксения Москальцова</t>
+  </si>
+  <si>
+    <t>34.84</t>
+  </si>
+  <si>
+    <t>22.49</t>
+  </si>
+  <si>
+    <t>Елисей Якинто</t>
   </si>
   <si>
     <t>37.23</t>
   </si>
   <si>
     <t>29.46</t>
   </si>
   <si>
-    <t>Adelya Gilmutdinova</t>
-[...23 lines deleted...]
-    <t>Ulyana Docenko</t>
+    <t>Виктория Солдатова</t>
+  </si>
+  <si>
+    <t>38.03</t>
+  </si>
+  <si>
+    <t>32.23</t>
+  </si>
+  <si>
+    <t>Кира Краева</t>
+  </si>
+  <si>
+    <t>40.73</t>
+  </si>
+  <si>
+    <t>32.25</t>
+  </si>
+  <si>
+    <t>Богдан Абрамович</t>
+  </si>
+  <si>
+    <t>45.78</t>
+  </si>
+  <si>
+    <t>32.64</t>
+  </si>
+  <si>
+    <t>Алина Михайлова</t>
+  </si>
+  <si>
+    <t>56.44</t>
+  </si>
+  <si>
+    <t>46.75</t>
+  </si>
+  <si>
+    <t>Евгения Федина</t>
+  </si>
+  <si>
+    <t>57.18</t>
+  </si>
+  <si>
+    <t>40.72</t>
+  </si>
+  <si>
+    <t>Даниил Смолярчук</t>
+  </si>
+  <si>
+    <t>57.68</t>
+  </si>
+  <si>
+    <t>42.79</t>
+  </si>
+  <si>
+    <t>Арсений Тихий</t>
+  </si>
+  <si>
+    <t>1:32.66</t>
+  </si>
+  <si>
+    <t>1:26.79</t>
+  </si>
+  <si>
+    <t>Аделя Гильмутдинова</t>
+  </si>
+  <si>
+    <t>1:44.63</t>
+  </si>
+  <si>
+    <t>1:17.34</t>
+  </si>
+  <si>
+    <t>Ульяна Доценко</t>
+  </si>
+  <si>
+    <t>2:22.99</t>
+  </si>
+  <si>
+    <t>1:47.04</t>
+  </si>
+  <si>
+    <t>Артем Тихий</t>
+  </si>
+  <si>
+    <t>2:30.91</t>
+  </si>
+  <si>
+    <t>1:56.08</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -579,62 +669,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D29"/>
+  <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C29" sqref="C29"/>
+      <selection activeCell="C33" sqref="C33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -874,102 +964,230 @@
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
+      <c r="A21">
+        <v>20</v>
+      </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
-      <c r="C21" s="1"/>
+      <c r="C21" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
+      <c r="A22">
+        <v>21</v>
+      </c>
       <c r="B22" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="C22" s="1"/>
+        <v>64</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D22" t="s">
+        <v>66</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
+      <c r="A23">
+        <v>22</v>
+      </c>
       <c r="B23" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="C23" s="1"/>
+        <v>67</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D23" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
+      <c r="A24">
+        <v>23</v>
+      </c>
       <c r="B24" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C24" s="1"/>
+        <v>70</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D24" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
+      <c r="A25">
+        <v>24</v>
+      </c>
       <c r="B25" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C25" s="1"/>
+        <v>73</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D25" t="s">
+        <v>75</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
+      <c r="A26">
+        <v>25</v>
+      </c>
       <c r="B26" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C26" s="1"/>
+        <v>76</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D26" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
+      <c r="A27">
+        <v>26</v>
+      </c>
       <c r="B27" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C27" s="1"/>
+        <v>79</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D27" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
+      <c r="A28">
+        <v>27</v>
+      </c>
       <c r="B28" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="C28" s="1"/>
+        <v>82</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D28" t="s">
+        <v>84</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
+      <c r="A29">
+        <v>28</v>
+      </c>
       <c r="B29" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="C29" s="1"/>
+        <v>85</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D29" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30">
+        <v>29</v>
+      </c>
+      <c r="B30" t="s">
+        <v>88</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D30" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31">
+        <v>30</v>
+      </c>
+      <c r="B31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D31" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32">
+        <v>31</v>
+      </c>
+      <c r="B32" t="s">
+        <v>94</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D32" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33">
+        <v>32</v>
+      </c>
+      <c r="B33" t="s">
+        <v>97</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D33" t="s">
+        <v>99</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">