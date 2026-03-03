--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,350 +12,344 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>8.90</t>
   </si>
   <si>
     <t>6.59</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
     <t>9.66</t>
   </si>
   <si>
-    <t>8.52</t>
+    <t>8.40</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>9.94</t>
   </si>
   <si>
     <t>8.25</t>
   </si>
   <si>
     <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
     <t>9.63</t>
   </si>
   <si>
     <t>Андрей Деревягин</t>
   </si>
   <si>
     <t>11.98</t>
   </si>
   <si>
     <t>10.08</t>
   </si>
   <si>
+    <t>Владислав Березниченко</t>
+  </si>
+  <si>
+    <t>12.17</t>
+  </si>
+  <si>
+    <t>10.58</t>
+  </si>
+  <si>
     <t>Арина Зубова</t>
   </si>
   <si>
     <t>13.47</t>
   </si>
   <si>
     <t>10.76</t>
   </si>
   <si>
-    <t>Владислав Березниченко</t>
-[...5 lines deleted...]
-    <t>11.69</t>
+    <t>Родион Пипко</t>
+  </si>
+  <si>
+    <t>14.03</t>
+  </si>
+  <si>
+    <t>13.14</t>
+  </si>
+  <si>
+    <t>Александра Ворошилова</t>
+  </si>
+  <si>
+    <t>14.36</t>
+  </si>
+  <si>
+    <t>10.50</t>
+  </si>
+  <si>
+    <t>Милана Лонгинова</t>
+  </si>
+  <si>
+    <t>14.53</t>
+  </si>
+  <si>
+    <t>12.23</t>
   </si>
   <si>
     <t>Евгений Ким</t>
   </si>
   <si>
     <t>14.70</t>
   </si>
   <si>
     <t>13.03</t>
   </si>
   <si>
-    <t>Александра Ворошилова</t>
-[...14 lines deleted...]
-    <t>12.23</t>
+    <t>Владимир Березниченко</t>
+  </si>
+  <si>
+    <t>16.25</t>
+  </si>
+  <si>
+    <t>13.91</t>
+  </si>
+  <si>
+    <t>Марк Чукмасов</t>
+  </si>
+  <si>
+    <t>17.09</t>
+  </si>
+  <si>
+    <t>14.02</t>
+  </si>
+  <si>
+    <t>Денис Воробьев</t>
+  </si>
+  <si>
+    <t>17.70</t>
+  </si>
+  <si>
+    <t>14.79</t>
+  </si>
+  <si>
+    <t>Анастасия Квитченко</t>
+  </si>
+  <si>
+    <t>19.87</t>
+  </si>
+  <si>
+    <t>18.22</t>
+  </si>
+  <si>
+    <t>Вероника Максимова</t>
+  </si>
+  <si>
+    <t>20.66</t>
+  </si>
+  <si>
+    <t>13.94</t>
+  </si>
+  <si>
+    <t>Данил Банный</t>
+  </si>
+  <si>
+    <t>21.21</t>
+  </si>
+  <si>
+    <t>16.83</t>
+  </si>
+  <si>
+    <t>Артём Черняев</t>
+  </si>
+  <si>
+    <t>23.78</t>
+  </si>
+  <si>
+    <t>17.37</t>
+  </si>
+  <si>
+    <t>Виктория Солдатова</t>
+  </si>
+  <si>
+    <t>27.99</t>
+  </si>
+  <si>
+    <t>25.73</t>
+  </si>
+  <si>
+    <t>Виталина Калистратова</t>
+  </si>
+  <si>
+    <t>29.83</t>
+  </si>
+  <si>
+    <t>24.43</t>
+  </si>
+  <si>
+    <t>Богдан Абрамович</t>
+  </si>
+  <si>
+    <t>30.08</t>
+  </si>
+  <si>
+    <t>24.53</t>
+  </si>
+  <si>
+    <t>Ксения Москальцова</t>
+  </si>
+  <si>
+    <t>34.84</t>
+  </si>
+  <si>
+    <t>25.92</t>
+  </si>
+  <si>
+    <t>Кира Краева</t>
+  </si>
+  <si>
+    <t>35.13</t>
+  </si>
+  <si>
+    <t>28.30</t>
+  </si>
+  <si>
+    <t>Евгения Федина</t>
+  </si>
+  <si>
+    <t>37.17</t>
+  </si>
+  <si>
+    <t>30.49</t>
+  </si>
+  <si>
+    <t>Елисей Якинто</t>
+  </si>
+  <si>
+    <t>38.52</t>
+  </si>
+  <si>
+    <t>29.46</t>
+  </si>
+  <si>
+    <t>Даниил Смолярчук</t>
+  </si>
+  <si>
+    <t>42.34</t>
+  </si>
+  <si>
+    <t>32.41</t>
+  </si>
+  <si>
+    <t>Алина Михайлова</t>
+  </si>
+  <si>
+    <t>56.44</t>
+  </si>
+  <si>
+    <t>46.75</t>
+  </si>
+  <si>
+    <t>Арсений Тихий</t>
+  </si>
+  <si>
+    <t>1:13.02</t>
+  </si>
+  <si>
+    <t>59.49</t>
+  </si>
+  <si>
+    <t>Ульяна Доценко</t>
+  </si>
+  <si>
+    <t>1:28.83</t>
+  </si>
+  <si>
+    <t>1:09.95</t>
+  </si>
+  <si>
+    <t>Артем Тихий</t>
+  </si>
+  <si>
+    <t>1:39.04</t>
+  </si>
+  <si>
+    <t>1:11.09</t>
+  </si>
+  <si>
+    <t>Аделя Гильмутдинова</t>
+  </si>
+  <si>
+    <t>1:44.63</t>
+  </si>
+  <si>
+    <t>1:17.34</t>
   </si>
   <si>
     <t>Дмитрий Мучкаев</t>
-  </si>
-[...193 lines deleted...]
-    <t>1:56.08</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1132,62 +1126,54 @@
       <c r="B31" t="s">
         <v>91</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D31" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>94</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D32" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
-      <c r="A33">
-[...1 lines deleted...]
-      </c>
       <c r="B33" t="s">
         <v>97</v>
       </c>
-      <c r="C33" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C33" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">