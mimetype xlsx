--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -44,138 +44,138 @@
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Ilya Sokolov</t>
   </si>
   <si>
     <t>14.66</t>
   </si>
   <si>
     <t>12.54</t>
   </si>
   <si>
     <t>Dmitry Matthew Yaquinto</t>
   </si>
   <si>
     <t>14.92</t>
   </si>
   <si>
     <t>12.77</t>
   </si>
   <si>
+    <t>Nikita Pak</t>
+  </si>
+  <si>
+    <t>20.91</t>
+  </si>
+  <si>
+    <t>18.64</t>
+  </si>
+  <si>
     <t>Dmitrii Muchkaev</t>
   </si>
   <si>
-    <t>21.49</t>
+    <t>21.07</t>
   </si>
   <si>
     <t>15.62</t>
   </si>
   <si>
-    <t>Nikita Pak</t>
-[...7 lines deleted...]
-  <si>
     <t>Artem Ostrovidov</t>
   </si>
   <si>
     <t>28.42</t>
   </si>
   <si>
     <t>25.77</t>
   </si>
   <si>
     <t>Arina Zubova</t>
   </si>
   <si>
-    <t>30.25</t>
-[...2 lines deleted...]
-    <t>28.40</t>
+    <t>28.49</t>
+  </si>
+  <si>
+    <t>21.80</t>
+  </si>
+  <si>
+    <t>Yevgeniy Kim</t>
+  </si>
+  <si>
+    <t>32.55</t>
+  </si>
+  <si>
+    <t>26.86</t>
   </si>
   <si>
     <t>Mark Chukmasov</t>
   </si>
   <si>
     <t>32.70</t>
   </si>
   <si>
     <t>30.37</t>
   </si>
   <si>
-    <t>Yevgeniy Kim</t>
-[...5 lines deleted...]
-    <t>32.11</t>
+    <t>Aleksandra Voroshilova</t>
+  </si>
+  <si>
+    <t>40.99</t>
+  </si>
+  <si>
+    <t>32.26</t>
   </si>
   <si>
     <t>Veronica Maximova</t>
   </si>
   <si>
     <t>41.70</t>
   </si>
   <si>
-    <t>39.92</t>
-[...8 lines deleted...]
-    <t>38.55</t>
+    <t>34.88</t>
   </si>
   <si>
     <t>Milana Longinova</t>
   </si>
   <si>
-    <t>46.87</t>
-[...2 lines deleted...]
-    <t>32.95</t>
+    <t>42.21</t>
+  </si>
+  <si>
+    <t>32.72</t>
   </si>
   <si>
     <t>Rodion Pipko</t>
   </si>
   <si>
     <t>47.46</t>
   </si>
   <si>
-    <t>37.61</t>
+    <t>31.57</t>
   </si>
   <si>
     <t>Anastasiya Kvitchenko</t>
   </si>
   <si>
     <t>50.32</t>
   </si>
   <si>
     <t>45.87</t>
   </si>
   <si>
     <t>Daniil Smolyarchuk</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>