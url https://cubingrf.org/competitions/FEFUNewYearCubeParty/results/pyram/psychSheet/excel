--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -17,240 +17,240 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>3.79</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Якинто</t>
+  </si>
+  <si>
+    <t>4.55</t>
   </si>
   <si>
     <t>2.50</t>
   </si>
   <si>
-    <t>Kirill Oslonov</t>
+    <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>4.75</t>
   </si>
   <si>
     <t>3.55</t>
   </si>
   <si>
-    <t>Ilya Sokolov</t>
+    <t>Илья Соколов</t>
   </si>
   <si>
     <t>4.95</t>
   </si>
   <si>
     <t>3.01</t>
   </si>
   <si>
-    <t>Nikita Pak</t>
+    <t>Никита Пак</t>
   </si>
   <si>
     <t>5.57</t>
   </si>
   <si>
-    <t>4.52</t>
-[...2 lines deleted...]
-    <t>Dmitrii Muchkaev</t>
+    <t>3.92</t>
+  </si>
+  <si>
+    <t>Дмитрий Мучкаев</t>
   </si>
   <si>
     <t>6.55</t>
   </si>
   <si>
-    <t>2.55</t>
-[...2 lines deleted...]
-    <t>Elisei Yaquinto</t>
+    <t>2.90</t>
+  </si>
+  <si>
+    <t>Денис Воробьев</t>
+  </si>
+  <si>
+    <t>7.45</t>
+  </si>
+  <si>
+    <t>4.98</t>
+  </si>
+  <si>
+    <t>Елисей Якинто</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
     <t>5.79</t>
   </si>
   <si>
-    <t>Denis Vorobyev</t>
-[...8 lines deleted...]
-    <t>Aleksandra Voroshilova</t>
+    <t>Александра Ворошилова</t>
   </si>
   <si>
     <t>9.73</t>
   </si>
   <si>
-    <t>7.46</t>
-[...2 lines deleted...]
-    <t>Aleksandra Vorobʹyeva</t>
+    <t>6.27</t>
+  </si>
+  <si>
+    <t>Анастасия Квитченко</t>
+  </si>
+  <si>
+    <t>10.22</t>
+  </si>
+  <si>
+    <t>6.38</t>
+  </si>
+  <si>
+    <t>Александра Воробьева</t>
   </si>
   <si>
     <t>10.51</t>
   </si>
   <si>
-    <t>9.00</t>
-[...5 lines deleted...]
-    <t>11.50</t>
+    <t>8.63</t>
+  </si>
+  <si>
+    <t>Кира Краева</t>
+  </si>
+  <si>
+    <t>12.35</t>
+  </si>
+  <si>
+    <t>6.08</t>
+  </si>
+  <si>
+    <t>Татьяна Якинто</t>
+  </si>
+  <si>
+    <t>12.88</t>
   </si>
   <si>
     <t>5.97</t>
   </si>
   <si>
-    <t>Anastasiya Kvitchenko</t>
-[...8 lines deleted...]
-    <t>Rodion Pipko</t>
+    <t>Родион Пипко</t>
   </si>
   <si>
     <t>12.99</t>
   </si>
   <si>
     <t>6.91</t>
   </si>
   <si>
-    <t>Arina Zubova</t>
+    <t>Милана Лонгинова</t>
+  </si>
+  <si>
+    <t>13.34</t>
+  </si>
+  <si>
+    <t>7.70</t>
+  </si>
+  <si>
+    <t>Арина Зубова</t>
   </si>
   <si>
     <t>13.54</t>
   </si>
   <si>
     <t>5.58</t>
   </si>
   <si>
-    <t>Danil Banniy</t>
+    <t>Данил Банный</t>
   </si>
   <si>
     <t>13.62</t>
   </si>
   <si>
     <t>11.12</t>
   </si>
   <si>
-    <t>Milana Longinova</t>
-[...8 lines deleted...]
-    <t>Artem Chernyaev</t>
+    <t>Виталина Калистратова</t>
+  </si>
+  <si>
+    <t>14.96</t>
+  </si>
+  <si>
+    <t>8.45</t>
+  </si>
+  <si>
+    <t>Артём Черняев</t>
   </si>
   <si>
     <t>15.46</t>
   </si>
   <si>
     <t>9.47</t>
   </si>
   <si>
-    <t>Kira Krayeva</t>
-[...8 lines deleted...]
-    <t>Viktoriia Soldatova</t>
+    <t>Виктория Солдатова</t>
   </si>
   <si>
     <t>17.94</t>
   </si>
   <si>
     <t>16.11</t>
   </si>
   <si>
-    <t>Vitalina Kalistratova</t>
-[...8 lines deleted...]
-    <t>Arseniy Tikhii</t>
+    <t>Арсений Тихий</t>
   </si>
   <si>
     <t>26.35</t>
   </si>
   <si>
     <t>16.84</t>
   </si>
   <si>
-    <t>Adelya Gilmutdinova</t>
+    <t>Аделя Гильмутдинова</t>
   </si>
   <si>
     <t>31.83</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -578,51 +578,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C22" sqref="C22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>