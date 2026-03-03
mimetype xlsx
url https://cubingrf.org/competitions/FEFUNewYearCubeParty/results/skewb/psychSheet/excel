--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -41,141 +41,141 @@
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Nikita Pak</t>
   </si>
   <si>
     <t>3.21</t>
   </si>
   <si>
     <t>1.67</t>
   </si>
   <si>
     <t>Ilya Sokolov</t>
   </si>
   <si>
     <t>4.65</t>
   </si>
   <si>
-    <t>2.72</t>
+    <t>3.87</t>
   </si>
   <si>
     <t>Kirill Oslonov</t>
   </si>
   <si>
     <t>5.84</t>
   </si>
   <si>
     <t>3.86</t>
   </si>
   <si>
     <t>Dmitry Matthew Yaquinto</t>
   </si>
   <si>
-    <t>6.49</t>
-[...2 lines deleted...]
-    <t>3.18</t>
+    <t>6.84</t>
+  </si>
+  <si>
+    <t>3.58</t>
   </si>
   <si>
     <t>Denis Vorobyev</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
     <t>Kira Krayeva</t>
   </si>
   <si>
-    <t>15.71</t>
-[...2 lines deleted...]
-    <t>11.13</t>
+    <t>11.12</t>
+  </si>
+  <si>
+    <t>8.33</t>
   </si>
   <si>
     <t>Anastasiya Kvitchenko</t>
   </si>
   <si>
     <t>16.94</t>
   </si>
   <si>
     <t>12.22</t>
   </si>
   <si>
+    <t>Milana Longinova</t>
+  </si>
+  <si>
+    <t>17.11</t>
+  </si>
+  <si>
+    <t>9.67</t>
+  </si>
+  <si>
     <t>Artem Chernyaev</t>
   </si>
   <si>
-    <t>19.08</t>
-[...2 lines deleted...]
-    <t>12.59</t>
+    <t>18.54</t>
+  </si>
+  <si>
+    <t>12.38</t>
   </si>
   <si>
     <t>Arina Zubova</t>
   </si>
   <si>
     <t>19.49</t>
   </si>
   <si>
     <t>8.83</t>
   </si>
   <si>
     <t>Danil Banniy</t>
   </si>
   <si>
     <t>23.34</t>
   </si>
   <si>
     <t>16.75</t>
   </si>
   <si>
-    <t>Milana Longinova</t>
-[...7 lines deleted...]
-  <si>
     <t>Vitalina Kalistratova</t>
   </si>
   <si>
-    <t>32.62</t>
-[...2 lines deleted...]
-    <t>21.92</t>
+    <t>25.66</t>
+  </si>
+  <si>
+    <t>21.22</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>