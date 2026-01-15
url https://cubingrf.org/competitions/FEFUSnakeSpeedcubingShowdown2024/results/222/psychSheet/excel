--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -12,71 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
-    <t>1.13</t>
+    <t>0.89</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>2.01</t>
   </si>
   <si>
     <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>2.96</t>
   </si>
   <si>
     <t>1.84</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
@@ -98,152 +98,158 @@
   <si>
     <t>3.42</t>
   </si>
   <si>
     <t>2.43</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
     <t>2.60</t>
   </si>
   <si>
     <t>Батор Дугаров</t>
   </si>
   <si>
     <t>4.03</t>
   </si>
   <si>
     <t>3.28</t>
   </si>
   <si>
+    <t>Родион Пипко</t>
+  </si>
+  <si>
+    <t>4.40</t>
+  </si>
+  <si>
+    <t>2.58</t>
+  </si>
+  <si>
     <t>Баир Ешиев</t>
   </si>
   <si>
     <t>4.57</t>
   </si>
   <si>
     <t>4.10</t>
   </si>
   <si>
     <t>Игорь Селиванов</t>
   </si>
   <si>
     <t>4.74</t>
   </si>
   <si>
     <t>3.07</t>
   </si>
   <si>
-    <t>Родион Пипко</t>
-[...5 lines deleted...]
-    <t>3.27</t>
+    <t>Денис Воробьев</t>
+  </si>
+  <si>
+    <t>4.95</t>
+  </si>
+  <si>
+    <t>2.95</t>
   </si>
   <si>
     <t>Дмитрий Мучкаев</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>2.98</t>
   </si>
   <si>
+    <t>Давид Чеботкевич</t>
+  </si>
+  <si>
+    <t>5.01</t>
+  </si>
+  <si>
+    <t>2.51</t>
+  </si>
+  <si>
     <t>Артур Друженя</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
     <t>3.10</t>
   </si>
   <si>
     <t>Александр Сивцев</t>
   </si>
   <si>
     <t>4.16</t>
   </si>
   <si>
     <t>Баир Павлов</t>
   </si>
   <si>
     <t>5.37</t>
   </si>
   <si>
     <t>4.06</t>
   </si>
   <si>
     <t>Содном Эрдыниев</t>
   </si>
   <si>
     <t>5.41</t>
   </si>
   <si>
     <t>2.48</t>
   </si>
   <si>
     <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
+    <t>Арина Зубова</t>
+  </si>
+  <si>
+    <t>5.79</t>
+  </si>
+  <si>
+    <t>3.50</t>
+  </si>
+  <si>
     <t>Данила Махалов</t>
   </si>
   <si>
-    <t>5.79</t>
-[...1 lines deleted...]
-  <si>
     <t>4.76</t>
   </si>
   <si>
-    <t>Денис Воробьев</t>
-[...16 lines deleted...]
-  <si>
     <t>Андрей Деревягин</t>
   </si>
   <si>
     <t>6.30</t>
   </si>
   <si>
     <t>3.53</t>
   </si>
   <si>
     <t>Даниил Придворев</t>
   </si>
   <si>
     <t>6.45</t>
   </si>
   <si>
     <t>4.23</t>
   </si>
   <si>
     <t>Андрей Галлямов</t>
   </si>
   <si>
     <t>6.80</t>
   </si>
   <si>
     <t>3.77</t>
@@ -254,102 +260,93 @@
   <si>
     <t>7.19</t>
   </si>
   <si>
     <t>6.34</t>
   </si>
   <si>
     <t>Даниил Банин</t>
   </si>
   <si>
     <t>7.91</t>
   </si>
   <si>
     <t>6.50</t>
   </si>
   <si>
     <t>Анастасия Квитченко</t>
   </si>
   <si>
     <t>7.92</t>
   </si>
   <si>
     <t>4.39</t>
   </si>
   <si>
-    <t>Давид Чеботкевич</t>
-[...5 lines deleted...]
-    <t>6.46</t>
+    <t>Александра Ворошилова</t>
+  </si>
+  <si>
+    <t>8.30</t>
+  </si>
+  <si>
+    <t>4.81</t>
   </si>
   <si>
     <t>Кира Краева</t>
   </si>
   <si>
     <t>8.33</t>
   </si>
   <si>
-    <t>7.38</t>
+    <t>6.87</t>
   </si>
   <si>
     <t>Артём Островидов</t>
   </si>
   <si>
     <t>8.55</t>
   </si>
   <si>
     <t>6.70</t>
   </si>
   <si>
-    <t>Александра Ворошилова</t>
-[...7 lines deleted...]
-  <si>
     <t>Вероника Максимова</t>
   </si>
   <si>
     <t>8.75</t>
   </si>
   <si>
     <t>6.98</t>
   </si>
   <si>
     <t>Милана Лонгинова</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
-    <t>6.71</t>
+    <t>6.06</t>
   </si>
   <si>
     <t>Де Дюн Пек</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
     <t>7.44</t>
   </si>
   <si>
     <t>Анастасия Арокина</t>
   </si>
   <si>
     <t>11.06</t>
   </si>
   <si>
     <t>6.84</t>
   </si>
   <si>
     <t>Антон Каюров</t>
   </si>
   <si>
     <t>11.61</t>
   </si>
@@ -1025,533 +1022,533 @@
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>59</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D21" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D22" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>64</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>67</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>70</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>73</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>79</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>82</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>85</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>88</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>91</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>94</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>97</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>100</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>103</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>106</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>109</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>112</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>115</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>118</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>121</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>124</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>127</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>130</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>133</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>136</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>139</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="B49" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C49" s="1"/>
     </row>
     <row r="50" spans="1:4">
       <c r="B50" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C50" s="1"/>
     </row>
     <row r="51" spans="1:4">
       <c r="B51" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C51" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>