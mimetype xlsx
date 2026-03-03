--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,479 +12,473 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
-    <t>2.76</t>
-[...2 lines deleted...]
-    <t>0.89</t>
+    <t>2.63</t>
+  </si>
+  <si>
+    <t>1.13</t>
+  </si>
+  <si>
+    <t>Доржо Цыбенов</t>
+  </si>
+  <si>
+    <t>2.96</t>
+  </si>
+  <si>
+    <t>1.84</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
+  </si>
+  <si>
+    <t>3.13</t>
+  </si>
+  <si>
+    <t>1.40</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
-    <t>2.88</t>
-[...1 lines deleted...]
-  <si>
     <t>2.01</t>
   </si>
   <si>
-    <t>Доржо Цыбенов</t>
-[...16 lines deleted...]
-  <si>
     <t>Дмитрий Салахов</t>
   </si>
   <si>
     <t>3.25</t>
   </si>
   <si>
     <t>2.54</t>
   </si>
   <si>
     <t>Кирилл Цыбулько</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
     <t>2.43</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
     <t>2.60</t>
   </si>
   <si>
     <t>Батор Дугаров</t>
   </si>
   <si>
     <t>4.03</t>
   </si>
   <si>
     <t>3.28</t>
   </si>
   <si>
+    <t>Баир Ешиев</t>
+  </si>
+  <si>
+    <t>4.28</t>
+  </si>
+  <si>
+    <t>3.14</t>
+  </si>
+  <si>
     <t>Родион Пипко</t>
   </si>
   <si>
     <t>4.40</t>
   </si>
   <si>
     <t>2.58</t>
   </si>
   <si>
-    <t>Баир Ешиев</t>
-[...7 lines deleted...]
-  <si>
     <t>Игорь Селиванов</t>
   </si>
   <si>
     <t>4.74</t>
   </si>
   <si>
-    <t>3.07</t>
+    <t>3.22</t>
   </si>
   <si>
     <t>Денис Воробьев</t>
   </si>
   <si>
     <t>4.95</t>
   </si>
   <si>
     <t>2.95</t>
   </si>
   <si>
+    <t>Арина Зубова</t>
+  </si>
+  <si>
+    <t>4.96</t>
+  </si>
+  <si>
+    <t>3.50</t>
+  </si>
+  <si>
+    <t>Давид Чеботкевич</t>
+  </si>
+  <si>
+    <t>5.01</t>
+  </si>
+  <si>
+    <t>2.51</t>
+  </si>
+  <si>
+    <t>Артур Друженя</t>
+  </si>
+  <si>
+    <t>5.26</t>
+  </si>
+  <si>
+    <t>3.10</t>
+  </si>
+  <si>
+    <t>Александр Сивцев</t>
+  </si>
+  <si>
+    <t>4.16</t>
+  </si>
+  <si>
+    <t>Баир Павлов</t>
+  </si>
+  <si>
+    <t>5.37</t>
+  </si>
+  <si>
+    <t>4.06</t>
+  </si>
+  <si>
+    <t>Содном Эрдыниев</t>
+  </si>
+  <si>
+    <t>5.41</t>
+  </si>
+  <si>
+    <t>2.48</t>
+  </si>
+  <si>
+    <t>Кирилл Ослонов</t>
+  </si>
+  <si>
+    <t>3.19</t>
+  </si>
+  <si>
+    <t>Данила Махалов</t>
+  </si>
+  <si>
+    <t>5.79</t>
+  </si>
+  <si>
+    <t>4.76</t>
+  </si>
+  <si>
+    <t>Андрей Деревягин</t>
+  </si>
+  <si>
+    <t>6.30</t>
+  </si>
+  <si>
+    <t>3.53</t>
+  </si>
+  <si>
+    <t>Даниил Придворев</t>
+  </si>
+  <si>
+    <t>6.45</t>
+  </si>
+  <si>
+    <t>4.23</t>
+  </si>
+  <si>
+    <t>Андрей Галлямов</t>
+  </si>
+  <si>
+    <t>6.80</t>
+  </si>
+  <si>
+    <t>3.77</t>
+  </si>
+  <si>
+    <t>Евгений Ким</t>
+  </si>
+  <si>
+    <t>7.10</t>
+  </si>
+  <si>
+    <t>4.80</t>
+  </si>
+  <si>
+    <t>Александра Ворошилова</t>
+  </si>
+  <si>
+    <t>7.27</t>
+  </si>
+  <si>
+    <t>4.81</t>
+  </si>
+  <si>
+    <t>Кира Краева</t>
+  </si>
+  <si>
+    <t>7.75</t>
+  </si>
+  <si>
+    <t>6.44</t>
+  </si>
+  <si>
+    <t>Вероника Максимова</t>
+  </si>
+  <si>
+    <t>7.77</t>
+  </si>
+  <si>
+    <t>5.39</t>
+  </si>
+  <si>
+    <t>Милана Лонгинова</t>
+  </si>
+  <si>
+    <t>7.79</t>
+  </si>
+  <si>
+    <t>5.90</t>
+  </si>
+  <si>
+    <t>Даниил Банин</t>
+  </si>
+  <si>
+    <t>7.91</t>
+  </si>
+  <si>
+    <t>6.50</t>
+  </si>
+  <si>
+    <t>Анастасия Квитченко</t>
+  </si>
+  <si>
+    <t>7.92</t>
+  </si>
+  <si>
+    <t>4.39</t>
+  </si>
+  <si>
+    <t>Артём Островидов</t>
+  </si>
+  <si>
+    <t>8.55</t>
+  </si>
+  <si>
+    <t>6.70</t>
+  </si>
+  <si>
+    <t>Антон Каюров</t>
+  </si>
+  <si>
+    <t>9.93</t>
+  </si>
+  <si>
+    <t>6.53</t>
+  </si>
+  <si>
+    <t>Де Дюн Пек</t>
+  </si>
+  <si>
+    <t>10.07</t>
+  </si>
+  <si>
+    <t>7.44</t>
+  </si>
+  <si>
+    <t>Анастасия Арокина</t>
+  </si>
+  <si>
+    <t>11.06</t>
+  </si>
+  <si>
+    <t>6.84</t>
+  </si>
+  <si>
+    <t>Василий Ушаков</t>
+  </si>
+  <si>
+    <t>11.70</t>
+  </si>
+  <si>
+    <t>9.55</t>
+  </si>
+  <si>
+    <t>Матвей Глазырин</t>
+  </si>
+  <si>
+    <t>12.28</t>
+  </si>
+  <si>
+    <t>5.60</t>
+  </si>
+  <si>
+    <t>Олег Яковлев</t>
+  </si>
+  <si>
+    <t>13.75</t>
+  </si>
+  <si>
+    <t>9.52</t>
+  </si>
+  <si>
+    <t>Альбина Альминова</t>
+  </si>
+  <si>
+    <t>16.42</t>
+  </si>
+  <si>
+    <t>10.76</t>
+  </si>
+  <si>
+    <t>Элина Степанова</t>
+  </si>
+  <si>
+    <t>16.97</t>
+  </si>
+  <si>
+    <t>11.81</t>
+  </si>
+  <si>
+    <t>Тимур Данилов</t>
+  </si>
+  <si>
+    <t>17.23</t>
+  </si>
+  <si>
+    <t>12.69</t>
+  </si>
+  <si>
+    <t>Елизавета Селиванова</t>
+  </si>
+  <si>
+    <t>18.10</t>
+  </si>
+  <si>
+    <t>11.00</t>
+  </si>
+  <si>
+    <t>Дмитрий Букарев</t>
+  </si>
+  <si>
+    <t>18.40</t>
+  </si>
+  <si>
+    <t>13.70</t>
+  </si>
+  <si>
+    <t>Светлана Яковлева</t>
+  </si>
+  <si>
+    <t>18.49</t>
+  </si>
+  <si>
+    <t>9.21</t>
+  </si>
+  <si>
+    <t>Родион Ильичев</t>
+  </si>
+  <si>
+    <t>20.42</t>
+  </si>
+  <si>
+    <t>17.34</t>
+  </si>
+  <si>
+    <t>Милена Киевская</t>
+  </si>
+  <si>
+    <t>27.38</t>
+  </si>
+  <si>
+    <t>19.15</t>
+  </si>
+  <si>
+    <t>Валерия Марыгина</t>
+  </si>
+  <si>
+    <t>28.07</t>
+  </si>
+  <si>
+    <t>14.27</t>
+  </si>
+  <si>
+    <t>Антон Мухортов</t>
+  </si>
+  <si>
     <t>Дмитрий Мучкаев</t>
-  </si>
-[...304 lines deleted...]
-    <t>Антон Мухортов</t>
   </si>
   <si>
     <t>Кирилл Данюк</t>
   </si>
   <si>
     <t>Максим Вдовиченко</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -882,289 +876,289 @@
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="D6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D8" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D17" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>53</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>56</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D20" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>58</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>61</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="D22" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>64</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D23" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>67</v>
@@ -1477,78 +1471,70 @@
       <c r="B46" t="s">
         <v>133</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D46" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>136</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D47" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="48" spans="1:4">
-      <c r="A48">
-[...1 lines deleted...]
-      </c>
       <c r="B48" t="s">
         <v>139</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C48" s="1"/>
     </row>
     <row r="49" spans="1:4">
       <c r="B49" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C49" s="1"/>
     </row>
     <row r="50" spans="1:4">
       <c r="B50" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C50" s="1"/>
     </row>
     <row r="51" spans="1:4">
       <c r="B51" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C51" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>