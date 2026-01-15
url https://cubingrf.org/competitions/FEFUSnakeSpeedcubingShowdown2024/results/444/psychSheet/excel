--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -12,287 +12,284 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Nagirnyak</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
-    <t>Dmitry Matthew Yaquinto</t>
+    <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>35.56</t>
   </si>
   <si>
     <t>30.41</t>
   </si>
   <si>
-    <t>Dorzho Tsybenov</t>
+    <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>37.97</t>
   </si>
   <si>
     <t>32.49</t>
   </si>
   <si>
-    <t>Ilya Sokolov</t>
+    <t>Никита Пак</t>
+  </si>
+  <si>
+    <t>39.47</t>
+  </si>
+  <si>
+    <t>37.65</t>
+  </si>
+  <si>
+    <t>Илья Соколов</t>
   </si>
   <si>
     <t>42.04</t>
   </si>
   <si>
     <t>35.72</t>
   </si>
   <si>
-    <t>Nikita Pak</t>
-[...8 lines deleted...]
-    <t>Kirill Oslonov</t>
+    <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>45.99</t>
   </si>
   <si>
     <t>38.18</t>
   </si>
   <si>
-    <t>Andrey Derevyagin</t>
+    <t>Андрей Деревягин</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
     <t>43.29</t>
   </si>
   <si>
-    <t>Alexander Sivtsev</t>
+    <t>Александр Сивцев</t>
   </si>
   <si>
     <t>51.56</t>
   </si>
   <si>
     <t>46.31</t>
   </si>
   <si>
-    <t>Georgiy Buturlin</t>
+    <t>Георгий Бутурлин</t>
   </si>
   <si>
     <t>52.38</t>
   </si>
   <si>
     <t>47.34</t>
   </si>
   <si>
-    <t>Igor Selivanov</t>
+    <t>Игорь Селиванов</t>
   </si>
   <si>
     <t>53.18</t>
   </si>
   <si>
     <t>47.52</t>
   </si>
   <si>
-    <t>Arina Zubova</t>
+    <t>Арина Зубова</t>
   </si>
   <si>
     <t>58.34</t>
   </si>
   <si>
     <t>53.55</t>
   </si>
   <si>
-    <t>Artur Druzhenya</t>
+    <t>Артур Друженя</t>
   </si>
   <si>
     <t>1:01.40</t>
   </si>
   <si>
     <t>51.48</t>
   </si>
   <si>
-    <t>Bair Pavlov</t>
+    <t>Милана Лонгинова</t>
+  </si>
+  <si>
+    <t>1:03.39</t>
+  </si>
+  <si>
+    <t>54.57</t>
+  </si>
+  <si>
+    <t>Баир Павлов</t>
   </si>
   <si>
     <t>1:04.14</t>
   </si>
   <si>
     <t>57.12</t>
   </si>
   <si>
-    <t>Kirill Tsybul'ko</t>
+    <t>Анастасия Квитченко</t>
+  </si>
+  <si>
+    <t>1:04.93</t>
+  </si>
+  <si>
+    <t>59.32</t>
+  </si>
+  <si>
+    <t>Кирилл Цыбулько</t>
   </si>
   <si>
     <t>1:05.89</t>
   </si>
   <si>
     <t>48.97</t>
   </si>
   <si>
-    <t>Daniil Pridvorev</t>
+    <t>Даниил Придворев</t>
   </si>
   <si>
     <t>1:08.94</t>
   </si>
   <si>
     <t>1:05.17</t>
   </si>
   <si>
-    <t>Anastasiya Kvitchenko</t>
-[...17 lines deleted...]
-    <t>Bator Dugarov</t>
+    <t>Денис Воробьев</t>
+  </si>
+  <si>
+    <t>1:17.56</t>
+  </si>
+  <si>
+    <t>1:11.93</t>
+  </si>
+  <si>
+    <t>Батор Дугаров</t>
   </si>
   <si>
     <t>1:20.13</t>
   </si>
   <si>
-    <t>1:04.93</t>
-[...2 lines deleted...]
-    <t>Aleksandra Voroshilova</t>
+    <t>Александра Ворошилова</t>
   </si>
   <si>
     <t>1:23.19</t>
   </si>
   <si>
     <t>1:12.86</t>
   </si>
   <si>
-    <t>Bair Yeshiyev</t>
+    <t>Баир Ешиев</t>
   </si>
   <si>
     <t>1:24.70</t>
   </si>
   <si>
     <t>1:00.34</t>
   </si>
   <si>
-    <t>Denis Vorobyev</t>
-[...8 lines deleted...]
-    <t>Danila Makhalov</t>
+    <t>Данила Махалов</t>
   </si>
   <si>
     <t>1:39.47</t>
   </si>
   <si>
     <t>1:14.76</t>
   </si>
   <si>
-    <t>Sodnom Erdyniev</t>
+    <t>Содном Эрдыниев</t>
   </si>
   <si>
     <t>1:46.25</t>
   </si>
   <si>
     <t>1:29.31</t>
   </si>
   <si>
-    <t>Artem Ostrovidov</t>
+    <t>Артём Островидов</t>
   </si>
   <si>
     <t>1:52.36</t>
   </si>
   <si>
     <t>1:44.37</t>
   </si>
   <si>
-    <t>Anton Kayurov</t>
+    <t>Антон Каюров</t>
   </si>
   <si>
     <t>2:17.10</t>
   </si>
   <si>
-    <t>Irina Pavlichenko</t>
+    <t>Ирина Павличенко</t>
   </si>
   <si>
     <t>2:58.72</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -900,145 +897,145 @@
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>