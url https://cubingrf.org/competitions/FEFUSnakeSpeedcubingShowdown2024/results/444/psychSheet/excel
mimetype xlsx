--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,279 +17,279 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Дмитрий Нагирняк</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
-    <t>Дмитрий Якинто</t>
+    <t>Dmitry Matthew Yaquinto</t>
   </si>
   <si>
     <t>35.56</t>
   </si>
   <si>
     <t>30.41</t>
   </si>
   <si>
-    <t>Доржо Цыбенов</t>
+    <t>Nikita Pak</t>
+  </si>
+  <si>
+    <t>36.57</t>
+  </si>
+  <si>
+    <t>32.98</t>
+  </si>
+  <si>
+    <t>Dorzho Tsybenov</t>
   </si>
   <si>
     <t>37.97</t>
   </si>
   <si>
     <t>32.49</t>
   </si>
   <si>
-    <t>Никита Пак</t>
-[...8 lines deleted...]
-    <t>Илья Соколов</t>
+    <t>Ilya Sokolov</t>
   </si>
   <si>
     <t>42.04</t>
   </si>
   <si>
     <t>35.72</t>
   </si>
   <si>
-    <t>Кирилл Ослонов</t>
-[...2 lines deleted...]
-    <t>45.99</t>
+    <t>Kirill Oslonov</t>
+  </si>
+  <si>
+    <t>42.44</t>
   </si>
   <si>
     <t>38.18</t>
   </si>
   <si>
-    <t>Андрей Деревягин</t>
+    <t>Andrey Derevyagin</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
     <t>43.29</t>
   </si>
   <si>
-    <t>Александр Сивцев</t>
+    <t>Alexander Sivtsev</t>
   </si>
   <si>
     <t>51.56</t>
   </si>
   <si>
     <t>46.31</t>
   </si>
   <si>
-    <t>Георгий Бутурлин</t>
+    <t>Georgiy Buturlin</t>
   </si>
   <si>
     <t>52.38</t>
   </si>
   <si>
     <t>47.34</t>
   </si>
   <si>
-    <t>Игорь Селиванов</t>
+    <t>Igor Selivanov</t>
   </si>
   <si>
     <t>53.18</t>
   </si>
   <si>
-    <t>47.52</t>
-[...2 lines deleted...]
-    <t>Арина Зубова</t>
+    <t>48.46</t>
+  </si>
+  <si>
+    <t>Artur Druzhenya</t>
+  </si>
+  <si>
+    <t>57.77</t>
+  </si>
+  <si>
+    <t>51.48</t>
+  </si>
+  <si>
+    <t>Arina Zubova</t>
   </si>
   <si>
     <t>58.34</t>
   </si>
   <si>
-    <t>53.55</t>
-[...20 lines deleted...]
-    <t>Баир Павлов</t>
+    <t>52.57</t>
+  </si>
+  <si>
+    <t>Denis Vorobyev</t>
+  </si>
+  <si>
+    <t>1:00.86</t>
+  </si>
+  <si>
+    <t>55.40</t>
+  </si>
+  <si>
+    <t>Milana Longinova</t>
+  </si>
+  <si>
+    <t>1:01.19</t>
+  </si>
+  <si>
+    <t>51.12</t>
+  </si>
+  <si>
+    <t>Bair Pavlov</t>
   </si>
   <si>
     <t>1:04.14</t>
   </si>
   <si>
     <t>57.12</t>
   </si>
   <si>
-    <t>Анастасия Квитченко</t>
+    <t>Anastasiya Kvitchenko</t>
   </si>
   <si>
     <t>1:04.93</t>
   </si>
   <si>
     <t>59.32</t>
   </si>
   <si>
-    <t>Кирилл Цыбулько</t>
+    <t>Kirill Tsybul'ko</t>
   </si>
   <si>
     <t>1:05.89</t>
   </si>
   <si>
     <t>48.97</t>
   </si>
   <si>
-    <t>Даниил Придворев</t>
+    <t>Daniil Pridvorev</t>
   </si>
   <si>
     <t>1:08.94</t>
   </si>
   <si>
     <t>1:05.17</t>
   </si>
   <si>
-    <t>Денис Воробьев</t>
-[...8 lines deleted...]
-    <t>Батор Дугаров</t>
+    <t>Bair Yeshiyev</t>
+  </si>
+  <si>
+    <t>1:19.43</t>
+  </si>
+  <si>
+    <t>1:00.34</t>
+  </si>
+  <si>
+    <t>Bator Dugarov</t>
   </si>
   <si>
     <t>1:20.13</t>
   </si>
   <si>
-    <t>Александра Ворошилова</t>
-[...17 lines deleted...]
-    <t>Данила Махалов</t>
+    <t>Aleksandra Voroshilova</t>
+  </si>
+  <si>
+    <t>1:20.92</t>
+  </si>
+  <si>
+    <t>1:11.10</t>
+  </si>
+  <si>
+    <t>Danila Makhalov</t>
   </si>
   <si>
     <t>1:39.47</t>
   </si>
   <si>
     <t>1:14.76</t>
   </si>
   <si>
-    <t>Содном Эрдыниев</t>
+    <t>Sodnom Erdyniev</t>
   </si>
   <si>
     <t>1:46.25</t>
   </si>
   <si>
     <t>1:29.31</t>
   </si>
   <si>
-    <t>Артём Островидов</t>
+    <t>Artem Ostrovidov</t>
   </si>
   <si>
     <t>1:52.36</t>
   </si>
   <si>
     <t>1:44.37</t>
   </si>
   <si>
-    <t>Антон Каюров</t>
+    <t>Anton Kayurov</t>
   </si>
   <si>
     <t>2:17.10</t>
   </si>
   <si>
-    <t>Ирина Павличенко</t>
+    <t>Irina Pavlichenko</t>
   </si>
   <si>
     <t>2:58.72</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -897,65 +897,65 @@
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>67</v>