--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,210 +17,210 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Nagirnyak</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Якинто</t>
+  </si>
+  <si>
+    <t>6.38</t>
+  </si>
+  <si>
+    <t>5.21</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>7.56</t>
   </si>
   <si>
     <t>6.33</t>
   </si>
   <si>
-    <t>Dmitry Matthew Yaquinto</t>
-[...8 lines deleted...]
-    <t>Nikita Pak</t>
+    <t>Никита Пак</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>7.88</t>
   </si>
   <si>
-    <t>Dorzho Tsybenov</t>
+    <t>Родион Пипко</t>
+  </si>
+  <si>
+    <t>11.01</t>
+  </si>
+  <si>
+    <t>9.50</t>
+  </si>
+  <si>
+    <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>11.98</t>
   </si>
   <si>
     <t>8.44</t>
   </si>
   <si>
-    <t>Kirill Tsybul'ko</t>
+    <t>Кирилл Цыбулько</t>
   </si>
   <si>
     <t>14.50</t>
   </si>
   <si>
     <t>13.72</t>
   </si>
   <si>
-    <t>Rodion Pipko</t>
-[...8 lines deleted...]
-    <t>Daniil Pridvorev</t>
+    <t>Даниил Придворев</t>
   </si>
   <si>
     <t>16.83</t>
   </si>
   <si>
     <t>13.93</t>
   </si>
   <si>
-    <t>Anastasiya Kvitchenko</t>
+    <t>Анастасия Квитченко</t>
   </si>
   <si>
     <t>18.01</t>
   </si>
   <si>
     <t>16.50</t>
   </si>
   <si>
-    <t>Ilya Sokolov</t>
+    <t>Денис Воробьев</t>
+  </si>
+  <si>
+    <t>20.05</t>
+  </si>
+  <si>
+    <t>17.90</t>
+  </si>
+  <si>
+    <t>Илья Соколов</t>
   </si>
   <si>
     <t>21.71</t>
   </si>
   <si>
     <t>12.07</t>
   </si>
   <si>
-    <t>Bator Dugarov</t>
+    <t>Артём Островидов</t>
+  </si>
+  <si>
+    <t>22.60</t>
+  </si>
+  <si>
+    <t>20.14</t>
+  </si>
+  <si>
+    <t>Батор Дугаров</t>
   </si>
   <si>
     <t>24.97</t>
   </si>
   <si>
     <t>20.65</t>
   </si>
   <si>
-    <t>Denis Vorobyev</t>
-[...8 lines deleted...]
-    <t>Matvey Glazyrin</t>
+    <t>Матвей Глазырин</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
     <t>33.58</t>
   </si>
   <si>
-    <t>Bair Pavlov</t>
+    <t>Баир Павлов</t>
   </si>
   <si>
     <t>40.79</t>
   </si>
   <si>
     <t>36.64</t>
   </si>
   <si>
-    <t>Artem Ostrovidov</t>
-[...8 lines deleted...]
-    <t>Arina Zubova</t>
+    <t>Арина Зубова</t>
   </si>
   <si>
     <t>43.47</t>
   </si>
   <si>
     <t>20.57</t>
   </si>
   <si>
-    <t>De Dyun Pek</t>
+    <t>Де Дюн Пек</t>
   </si>
   <si>
     <t>50.89</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
-    <t>Danila Makhalov</t>
+    <t>Данила Махалов</t>
   </si>
   <si>
     <t>47.80</t>
   </si>
   <si>
-    <t>Sodnom Erdyniev</t>
+    <t>Содном Эрдыниев</t>
   </si>
   <si>
     <t>1:11.95</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>