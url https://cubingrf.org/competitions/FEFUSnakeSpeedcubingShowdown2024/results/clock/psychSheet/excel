--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -26,183 +26,183 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Никита Пак</t>
+  </si>
+  <si>
+    <t>6.28</t>
+  </si>
+  <si>
+    <t>5.11</t>
+  </si>
+  <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>6.38</t>
   </si>
   <si>
-    <t>5.21</t>
+    <t>4.44</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>7.56</t>
   </si>
   <si>
     <t>6.33</t>
   </si>
   <si>
-    <t>Никита Пак</t>
-[...7 lines deleted...]
-  <si>
     <t>Родион Пипко</t>
   </si>
   <si>
-    <t>11.01</t>
-[...2 lines deleted...]
-    <t>9.50</t>
+    <t>9.04</t>
+  </si>
+  <si>
+    <t>7.69</t>
   </si>
   <si>
     <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>11.98</t>
   </si>
   <si>
     <t>8.44</t>
   </si>
   <si>
     <t>Кирилл Цыбулько</t>
   </si>
   <si>
     <t>14.50</t>
   </si>
   <si>
     <t>13.72</t>
   </si>
   <si>
+    <t>Анастасия Квитченко</t>
+  </si>
+  <si>
+    <t>15.58</t>
+  </si>
+  <si>
+    <t>11.80</t>
+  </si>
+  <si>
+    <t>Денис Воробьев</t>
+  </si>
+  <si>
+    <t>16.66</t>
+  </si>
+  <si>
+    <t>15.02</t>
+  </si>
+  <si>
     <t>Даниил Придворев</t>
   </si>
   <si>
     <t>16.83</t>
   </si>
   <si>
     <t>13.93</t>
   </si>
   <si>
-    <t>Анастасия Квитченко</t>
-[...14 lines deleted...]
-    <t>17.90</t>
+    <t>Артём Островидов</t>
+  </si>
+  <si>
+    <t>22.60</t>
+  </si>
+  <si>
+    <t>20.14</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
-    <t>21.71</t>
-[...11 lines deleted...]
-    <t>20.14</t>
+    <t>24.11</t>
+  </si>
+  <si>
+    <t>17.52</t>
   </si>
   <si>
     <t>Батор Дугаров</t>
   </si>
   <si>
     <t>24.97</t>
   </si>
   <si>
     <t>20.65</t>
   </si>
   <si>
+    <t>Арина Зубова</t>
+  </si>
+  <si>
+    <t>27.61</t>
+  </si>
+  <si>
+    <t>20.57</t>
+  </si>
+  <si>
     <t>Матвей Глазырин</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
     <t>33.58</t>
   </si>
   <si>
     <t>Баир Павлов</t>
   </si>
   <si>
     <t>40.79</t>
   </si>
   <si>
     <t>36.64</t>
-  </si>
-[...7 lines deleted...]
-    <t>20.57</t>
   </si>
   <si>
     <t>Де Дюн Пек</t>
   </si>
   <si>
     <t>50.89</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
     <t>Данила Махалов</t>
   </si>
   <si>
     <t>47.80</t>
   </si>
   <si>
     <t>Содном Эрдыниев</t>
   </si>
   <si>
     <t>1:11.95</t>
   </si>
 </sst>
 </file>
 