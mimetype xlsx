--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,287 +12,281 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Nikita Pak</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Никита Пак</t>
   </si>
   <si>
     <t>3.21</t>
   </si>
   <si>
     <t>1.67</t>
   </si>
   <si>
-    <t>Ilya Sokolov</t>
+    <t>Илья Соколов</t>
   </si>
   <si>
     <t>4.65</t>
   </si>
   <si>
-    <t>2.72</t>
-[...2 lines deleted...]
-    <t>Dorzho Tsybenov</t>
+    <t>3.87</t>
+  </si>
+  <si>
+    <t>Доржо Цыбенов</t>
   </si>
   <si>
     <t>5.32</t>
   </si>
   <si>
     <t>3.99</t>
   </si>
   <si>
-    <t>Kirill Oslonov</t>
+    <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>5.84</t>
   </si>
   <si>
     <t>3.86</t>
   </si>
   <si>
-    <t>Bair Yeshiyev</t>
-[...2 lines deleted...]
-    <t>6.23</t>
+    <t>Баир Ешиев</t>
+  </si>
+  <si>
+    <t>6.05</t>
   </si>
   <si>
     <t>4.44</t>
   </si>
   <si>
-    <t>Dmitry Matthew Yaquinto</t>
-[...8 lines deleted...]
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>6.51</t>
   </si>
   <si>
     <t>4.23</t>
   </si>
   <si>
-    <t>Denis Vorobyev</t>
+    <t>Дмитрий Якинто</t>
+  </si>
+  <si>
+    <t>6.84</t>
+  </si>
+  <si>
+    <t>3.58</t>
+  </si>
+  <si>
+    <t>Денис Воробьев</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
-    <t>Georgiy Buturlin</t>
+    <t>Георгий Бутурлин</t>
   </si>
   <si>
     <t>9.12</t>
   </si>
   <si>
     <t>6.91</t>
   </si>
   <si>
-    <t>Kirill Tsybul'ko</t>
+    <t>Кирилл Цыбулько</t>
   </si>
   <si>
     <t>9.56</t>
   </si>
   <si>
     <t>6.34</t>
   </si>
   <si>
-    <t>Bator Dugarov</t>
+    <t>Батор Дугаров</t>
   </si>
   <si>
     <t>9.59</t>
   </si>
   <si>
     <t>8.56</t>
   </si>
   <si>
-    <t>Dmitrii Muchkaev</t>
-[...8 lines deleted...]
-    <t>Daniil Pridvorev</t>
+    <t>Даниил Придворев</t>
   </si>
   <si>
     <t>9.88</t>
   </si>
   <si>
     <t>6.93</t>
   </si>
   <si>
-    <t>Bair Pavlov</t>
-[...2 lines deleted...]
-    <t>14.39</t>
+    <t>Кира Краева</t>
+  </si>
+  <si>
+    <t>11.12</t>
+  </si>
+  <si>
+    <t>8.33</t>
+  </si>
+  <si>
+    <t>Баир Павлов</t>
+  </si>
+  <si>
+    <t>14.47</t>
   </si>
   <si>
     <t>7.74</t>
   </si>
   <si>
-    <t>Dmitry Salakhov</t>
-[...8 lines deleted...]
-    <t>David Chebotkevich</t>
+    <t>Давид Чеботкевич</t>
   </si>
   <si>
     <t>14.79</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
-    <t>Rodion Il'ichev</t>
+    <t>Родион Ильичев</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
     <t>12.38</t>
   </si>
   <si>
-    <t>Kira Krayeva</t>
-[...8 lines deleted...]
-    <t>Artem Ostrovidov</t>
+    <t>Артём Островидов</t>
   </si>
   <si>
     <t>16.80</t>
   </si>
   <si>
     <t>14.71</t>
   </si>
   <si>
-    <t>Anastasiya Kvitchenko</t>
+    <t>Анастасия Квитченко</t>
   </si>
   <si>
     <t>16.94</t>
   </si>
   <si>
     <t>12.22</t>
   </si>
   <si>
-    <t>Arina Zubova</t>
+    <t>Арина Зубова</t>
   </si>
   <si>
     <t>19.49</t>
   </si>
   <si>
     <t>8.83</t>
   </si>
   <si>
-    <t>Alexander Sivtsev</t>
+    <t>Александр Сивцев</t>
   </si>
   <si>
     <t>22.90</t>
   </si>
   <si>
     <t>17.38</t>
   </si>
   <si>
-    <t>Sodnom Erdyniev</t>
+    <t>Содном Эрдыниев</t>
   </si>
   <si>
     <t>23.59</t>
   </si>
   <si>
     <t>19.27</t>
   </si>
   <si>
-    <t>Oleg Yakovlev</t>
+    <t>Олег Яковлев</t>
   </si>
   <si>
     <t>24.76</t>
   </si>
   <si>
     <t>14.61</t>
   </si>
   <si>
-    <t>Danila Makhalov</t>
+    <t>Дмитрий Салахов</t>
+  </si>
+  <si>
+    <t>25.02</t>
+  </si>
+  <si>
+    <t>13.83</t>
+  </si>
+  <si>
+    <t>Данила Махалов</t>
   </si>
   <si>
     <t>28.56</t>
   </si>
   <si>
     <t>12.71</t>
+  </si>
+  <si>
+    <t>Дмитрий Мучкаев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -617,51 +611,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -971,62 +965,54 @@
       <c r="B24" t="s">
         <v>70</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D24" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>73</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D25" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
-      <c r="A26">
-[...1 lines deleted...]
-      </c>
       <c r="B26" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C26" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">