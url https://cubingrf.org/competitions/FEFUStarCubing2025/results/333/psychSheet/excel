--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -12,362 +12,356 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>8.90</t>
   </si>
   <si>
     <t>6.59</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
     <t>9.66</t>
   </si>
   <si>
-    <t>8.52</t>
+    <t>8.40</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
-    <t>10.65</t>
+    <t>9.94</t>
   </si>
   <si>
     <t>8.25</t>
   </si>
   <si>
     <t>Александр Сивцев</t>
   </si>
   <si>
     <t>11.17</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
     <t>Игорь Селиванов</t>
   </si>
   <si>
     <t>11.18</t>
   </si>
   <si>
     <t>10.06</t>
   </si>
   <si>
+    <t>Георгий Бутурлин</t>
+  </si>
+  <si>
+    <t>11.47</t>
+  </si>
+  <si>
+    <t>10.30</t>
+  </si>
+  <si>
     <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
     <t>9.63</t>
   </si>
   <si>
     <t>Андрей Деревягин</t>
   </si>
   <si>
-    <t>12.52</t>
+    <t>11.98</t>
   </si>
   <si>
     <t>10.08</t>
   </si>
   <si>
     <t>Дмитрий Салахов</t>
   </si>
   <si>
     <t>12.54</t>
   </si>
   <si>
-    <t>Георгий Бутурлин</t>
-[...7 lines deleted...]
-  <si>
     <t>Арина Зубова</t>
   </si>
   <si>
     <t>13.47</t>
   </si>
   <si>
     <t>10.76</t>
   </si>
   <si>
+    <t>Родион Пипко</t>
+  </si>
+  <si>
+    <t>14.03</t>
+  </si>
+  <si>
+    <t>13.14</t>
+  </si>
+  <si>
+    <t>Артур Друженя</t>
+  </si>
+  <si>
+    <t>14.26</t>
+  </si>
+  <si>
+    <t>12.87</t>
+  </si>
+  <si>
+    <t>Александра Ворошилова</t>
+  </si>
+  <si>
+    <t>14.36</t>
+  </si>
+  <si>
+    <t>10.50</t>
+  </si>
+  <si>
+    <t>Милана Лонгинова</t>
+  </si>
+  <si>
+    <t>14.53</t>
+  </si>
+  <si>
+    <t>12.23</t>
+  </si>
+  <si>
     <t>Евгений Ким</t>
   </si>
   <si>
-    <t>15.06</t>
-[...20 lines deleted...]
-    <t>12.87</t>
+    <t>14.70</t>
+  </si>
+  <si>
+    <t>13.03</t>
+  </si>
+  <si>
+    <t>Ян Хардиков</t>
+  </si>
+  <si>
+    <t>15.61</t>
+  </si>
+  <si>
+    <t>11.01</t>
   </si>
   <si>
     <t>Андрей Мишин</t>
   </si>
   <si>
-    <t>15.75</t>
-[...2 lines deleted...]
-    <t>12.44</t>
+    <t>17.19</t>
+  </si>
+  <si>
+    <t>15.91</t>
+  </si>
+  <si>
+    <t>Денис Воробьев</t>
+  </si>
+  <si>
+    <t>17.70</t>
+  </si>
+  <si>
+    <t>14.79</t>
+  </si>
+  <si>
+    <t>Даниил Придворев</t>
+  </si>
+  <si>
+    <t>19.28</t>
+  </si>
+  <si>
+    <t>16.19</t>
+  </si>
+  <si>
+    <t>Анастасия Квитченко</t>
+  </si>
+  <si>
+    <t>19.87</t>
+  </si>
+  <si>
+    <t>18.22</t>
+  </si>
+  <si>
+    <t>Вероника Максимова</t>
+  </si>
+  <si>
+    <t>20.66</t>
+  </si>
+  <si>
+    <t>13.94</t>
+  </si>
+  <si>
+    <t>Де Дюн Пек</t>
+  </si>
+  <si>
+    <t>21.40</t>
+  </si>
+  <si>
+    <t>17.83</t>
+  </si>
+  <si>
+    <t>Андрей Галлямов</t>
+  </si>
+  <si>
+    <t>23.13</t>
+  </si>
+  <si>
+    <t>18.16</t>
+  </si>
+  <si>
+    <t>Артём Черняев</t>
+  </si>
+  <si>
+    <t>23.78</t>
+  </si>
+  <si>
+    <t>17.37</t>
+  </si>
+  <si>
+    <t>Анастасия Арокина</t>
+  </si>
+  <si>
+    <t>34.01</t>
+  </si>
+  <si>
+    <t>27.57</t>
+  </si>
+  <si>
+    <t>Кира Краева</t>
+  </si>
+  <si>
+    <t>35.13</t>
+  </si>
+  <si>
+    <t>28.30</t>
+  </si>
+  <si>
+    <t>Елисей Якинто</t>
+  </si>
+  <si>
+    <t>38.52</t>
+  </si>
+  <si>
+    <t>29.46</t>
+  </si>
+  <si>
+    <t>Олег Яковлев</t>
+  </si>
+  <si>
+    <t>41.24</t>
+  </si>
+  <si>
+    <t>35.00</t>
+  </si>
+  <si>
+    <t>Максим Никифоров</t>
+  </si>
+  <si>
+    <t>49.11</t>
+  </si>
+  <si>
+    <t>44.76</t>
+  </si>
+  <si>
+    <t>Варвара Николаева</t>
+  </si>
+  <si>
+    <t>51.25</t>
+  </si>
+  <si>
+    <t>34.87</t>
+  </si>
+  <si>
+    <t>Анна Модженок</t>
+  </si>
+  <si>
+    <t>1:02.78</t>
+  </si>
+  <si>
+    <t>58.56</t>
+  </si>
+  <si>
+    <t>Валерия Марыгина</t>
+  </si>
+  <si>
+    <t>1:07.02</t>
+  </si>
+  <si>
+    <t>58.51</t>
+  </si>
+  <si>
+    <t>Ариана Крипакова</t>
+  </si>
+  <si>
+    <t>Владислав Мятлев</t>
   </si>
   <si>
     <t>Дмитрий Мучкаев</t>
-  </si>
-[...172 lines deleted...]
-    <t>Владислав Мятлев</t>
   </si>
   <si>
     <t>Снежана Бочкарева</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -821,65 +815,65 @@
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>34</v>
@@ -1161,78 +1155,70 @@
       <c r="B32" t="s">
         <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D32" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D33" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
-      <c r="A34">
-[...1 lines deleted...]
-      </c>
       <c r="B34" t="s">
         <v>99</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C34" s="1"/>
     </row>
     <row r="35" spans="1:4">
       <c r="B35" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C35" s="1"/>
     </row>
     <row r="36" spans="1:4">
       <c r="B36" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C36" s="1"/>
     </row>
     <row r="37" spans="1:4">
       <c r="B37" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C37" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>