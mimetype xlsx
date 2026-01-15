--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -62,165 +62,165 @@
   <si>
     <t>14.92</t>
   </si>
   <si>
     <t>12.77</t>
   </si>
   <si>
     <t>Дмитрий Мучкаев</t>
   </si>
   <si>
     <t>21.49</t>
   </si>
   <si>
     <t>15.62</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>21.78</t>
   </si>
   <si>
     <t>18.64</t>
   </si>
   <si>
+    <t>Артём Островидов</t>
+  </si>
+  <si>
+    <t>28.42</t>
+  </si>
+  <si>
+    <t>25.77</t>
+  </si>
+  <si>
     <t>Игорь Селиванов</t>
   </si>
   <si>
     <t>29.09</t>
   </si>
   <si>
     <t>23.83</t>
   </si>
   <si>
-    <t>Артём Островидов</t>
-[...7 lines deleted...]
-  <si>
     <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>30.17</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>Арина Зубова</t>
   </si>
   <si>
-    <t>31.33</t>
+    <t>30.25</t>
   </si>
   <si>
     <t>28.40</t>
   </si>
   <si>
     <t>Артур Друженя</t>
   </si>
   <si>
     <t>31.34</t>
   </si>
   <si>
     <t>26.82</t>
   </si>
   <si>
     <t>Андрей Мишин</t>
   </si>
   <si>
     <t>34.65</t>
   </si>
   <si>
     <t>28.16</t>
   </si>
   <si>
     <t>Евгений Ким</t>
   </si>
   <si>
-    <t>39.96</t>
+    <t>37.11</t>
   </si>
   <si>
     <t>32.11</t>
   </si>
   <si>
+    <t>Вероника Максимова</t>
+  </si>
+  <si>
+    <t>41.70</t>
+  </si>
+  <si>
+    <t>39.92</t>
+  </si>
+  <si>
+    <t>Александра Ворошилова</t>
+  </si>
+  <si>
+    <t>45.50</t>
+  </si>
+  <si>
+    <t>38.55</t>
+  </si>
+  <si>
     <t>Де Дюн Пек</t>
   </si>
   <si>
     <t>46.18</t>
   </si>
   <si>
     <t>39.81</t>
   </si>
   <si>
-    <t>Вероника Максимова</t>
-[...14 lines deleted...]
-    <t>43.45</t>
+    <t>Милана Лонгинова</t>
+  </si>
+  <si>
+    <t>46.87</t>
+  </si>
+  <si>
+    <t>32.95</t>
   </si>
   <si>
     <t>Анастасия Квитченко</t>
   </si>
   <si>
     <t>50.32</t>
   </si>
   <si>
     <t>45.87</t>
   </si>
   <si>
     <t>Даниил Придворев</t>
   </si>
   <si>
     <t>51.51</t>
   </si>
   <si>
     <t>40.13</t>
-  </si>
-[...7 lines deleted...]
-    <t>55.96</t>
   </si>
   <si>
     <t>Артём Черняев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>