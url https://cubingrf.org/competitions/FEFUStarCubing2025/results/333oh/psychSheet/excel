--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,218 +12,212 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Илья Соколов</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Ilya Sokolov</t>
   </si>
   <si>
     <t>14.66</t>
   </si>
   <si>
     <t>12.54</t>
   </si>
   <si>
-    <t>Дмитрий Якинто</t>
+    <t>Dmitry Matthew Yaquinto</t>
   </si>
   <si>
     <t>14.92</t>
   </si>
   <si>
     <t>12.77</t>
   </si>
   <si>
-    <t>Дмитрий Мучкаев</t>
-[...2 lines deleted...]
-    <t>21.49</t>
+    <t>Nikita Pak</t>
+  </si>
+  <si>
+    <t>20.91</t>
+  </si>
+  <si>
+    <t>18.64</t>
+  </si>
+  <si>
+    <t>Dmitrii Muchkaev</t>
+  </si>
+  <si>
+    <t>21.07</t>
   </si>
   <si>
     <t>15.62</t>
   </si>
   <si>
-    <t>Никита Пак</t>
-[...8 lines deleted...]
-    <t>Артём Островидов</t>
+    <t>Artur Druzhenya</t>
+  </si>
+  <si>
+    <t>27.92</t>
+  </si>
+  <si>
+    <t>20.80</t>
+  </si>
+  <si>
+    <t>Artem Ostrovidov</t>
   </si>
   <si>
     <t>28.42</t>
   </si>
   <si>
     <t>25.77</t>
   </si>
   <si>
-    <t>Игорь Селиванов</t>
-[...8 lines deleted...]
-    <t>Кирилл Ослонов</t>
+    <t>Arina Zubova</t>
+  </si>
+  <si>
+    <t>28.49</t>
+  </si>
+  <si>
+    <t>21.80</t>
+  </si>
+  <si>
+    <t>Igor Selivanov</t>
+  </si>
+  <si>
+    <t>30.05</t>
+  </si>
+  <si>
+    <t>26.12</t>
+  </si>
+  <si>
+    <t>Kirill Oslonov</t>
   </si>
   <si>
     <t>30.17</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
-    <t>Арина Зубова</t>
-[...35 lines deleted...]
-    <t>Вероника Максимова</t>
+    <t>Yevgeniy Kim</t>
+  </si>
+  <si>
+    <t>32.55</t>
+  </si>
+  <si>
+    <t>26.86</t>
+  </si>
+  <si>
+    <t>Aleksandra Voroshilova</t>
+  </si>
+  <si>
+    <t>40.99</t>
+  </si>
+  <si>
+    <t>32.26</t>
+  </si>
+  <si>
+    <t>Veronica Maximova</t>
   </si>
   <si>
     <t>41.70</t>
   </si>
   <si>
-    <t>39.92</t>
-[...11 lines deleted...]
-    <t>Де Дюн Пек</t>
+    <t>34.88</t>
+  </si>
+  <si>
+    <t>Milana Longinova</t>
+  </si>
+  <si>
+    <t>42.21</t>
+  </si>
+  <si>
+    <t>32.72</t>
+  </si>
+  <si>
+    <t>De Dyun Pek</t>
   </si>
   <si>
     <t>46.18</t>
   </si>
   <si>
     <t>39.81</t>
   </si>
   <si>
-    <t>Милана Лонгинова</t>
-[...8 lines deleted...]
-    <t>Анастасия Квитченко</t>
+    <t>Anastasiya Kvitchenko</t>
   </si>
   <si>
     <t>50.32</t>
   </si>
   <si>
     <t>45.87</t>
   </si>
   <si>
-    <t>Даниил Придворев</t>
+    <t>Daniil Pridvorev</t>
   </si>
   <si>
     <t>51.51</t>
   </si>
   <si>
     <t>40.13</t>
   </si>
   <si>
-    <t>Артём Черняев</t>
+    <t>Andrey Mishin</t>
+  </si>
+  <si>
+    <t>Artem Chernyaev</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -548,51 +542,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C19" sqref="C19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -790,66 +784,58 @@
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
-      <c r="A18">
-[...1 lines deleted...]
-      </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C18" s="1"/>
     </row>
     <row r="19" spans="1:4">
       <c r="B19" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C19" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>