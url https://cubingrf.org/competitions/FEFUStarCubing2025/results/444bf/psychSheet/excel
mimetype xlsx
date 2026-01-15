--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -29,51 +29,51 @@
     <sheet name="444bf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Андрей Деревягин</t>
   </si>
   <si>
-    <t>6:24.14</t>
+    <t>5:35.81</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>