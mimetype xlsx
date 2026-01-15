--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -29,51 +29,51 @@
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Dmitry Matthew Yaquinto</t>
   </si>
   <si>
-    <t>4.50</t>
+    <t>3.79</t>
   </si>
   <si>
     <t>2.50</t>
   </si>
   <si>
     <t>Kirill Oslonov</t>
   </si>
   <si>
     <t>4.75</t>
   </si>
   <si>
     <t>3.55</t>
   </si>
   <si>
     <t>Ilya Sokolov</t>
   </si>
   <si>
     <t>4.95</t>
   </si>
   <si>
     <t>3.01</t>
   </si>
   <si>
     <t>Nikita Pak</t>
   </si>
@@ -92,168 +92,168 @@
   <si>
     <t>2.55</t>
   </si>
   <si>
     <t>Elisei Yaquinto</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
     <t>5.79</t>
   </si>
   <si>
     <t>Igor Selivanov</t>
   </si>
   <si>
     <t>7.98</t>
   </si>
   <si>
     <t>5.29</t>
   </si>
   <si>
     <t>Denis Vorobyev</t>
   </si>
   <si>
-    <t>9.08</t>
-[...2 lines deleted...]
-    <t>7.05</t>
+    <t>8.93</t>
+  </si>
+  <si>
+    <t>4.98</t>
   </si>
   <si>
     <t>Aleksandra Voroshilova</t>
   </si>
   <si>
     <t>9.73</t>
   </si>
   <si>
-    <t>7.60</t>
+    <t>7.46</t>
+  </si>
+  <si>
+    <t>Yan Hardikov</t>
+  </si>
+  <si>
+    <t>9.78</t>
+  </si>
+  <si>
+    <t>6.07</t>
   </si>
   <si>
     <t>Daniil Pridvorev</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>5.73</t>
   </si>
   <si>
     <t>Aleksandra Vorobʹyeva</t>
   </si>
   <si>
     <t>10.51</t>
   </si>
   <si>
     <t>9.00</t>
   </si>
   <si>
     <t>Tatyana Yaquinto</t>
   </si>
   <si>
     <t>11.50</t>
   </si>
   <si>
-    <t>6.85</t>
+    <t>5.97</t>
   </si>
   <si>
     <t>Anastasiya Kvitchenko</t>
   </si>
   <si>
-    <t>12.15</t>
+    <t>12.12</t>
   </si>
   <si>
     <t>6.75</t>
   </si>
   <si>
-    <t>Yan Hardikov</t>
-[...7 lines deleted...]
-  <si>
     <t>Rodion Pipko</t>
   </si>
   <si>
     <t>12.99</t>
   </si>
   <si>
-    <t>7.74</t>
+    <t>6.91</t>
   </si>
   <si>
     <t>Andrey Gallyamov</t>
   </si>
   <si>
     <t>13.07</t>
   </si>
   <si>
     <t>10.32</t>
   </si>
   <si>
     <t>Arina Zubova</t>
   </si>
   <si>
     <t>13.54</t>
   </si>
   <si>
     <t>5.58</t>
   </si>
   <si>
     <t>Anastasia Arokina</t>
   </si>
   <si>
     <t>14.64</t>
   </si>
   <si>
     <t>10.23</t>
   </si>
   <si>
     <t>Milana Longinova</t>
   </si>
   <si>
     <t>15.04</t>
   </si>
   <si>
-    <t>12.33</t>
+    <t>7.70</t>
   </si>
   <si>
     <t>Artem Chernyaev</t>
   </si>
   <si>
     <t>15.46</t>
   </si>
   <si>
     <t>9.47</t>
   </si>
   <si>
     <t>Kira Krayeva</t>
   </si>
   <si>
-    <t>17.53</t>
+    <t>16.48</t>
   </si>
   <si>
     <t>6.08</t>
   </si>
   <si>
     <t>Oleg Yakovlev</t>
   </si>
   <si>
     <t>23.01</t>
   </si>
   <si>
     <t>14.25</t>
   </si>
   <si>
     <t>Yevgeniy Kim</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
     <t>18.34</t>
   </si>
 </sst>
 </file>
 