--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,240 +29,240 @@
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Dmitry Matthew Yaquinto</t>
   </si>
   <si>
-    <t>3.79</t>
+    <t>4.55</t>
   </si>
   <si>
     <t>2.50</t>
   </si>
   <si>
     <t>Kirill Oslonov</t>
   </si>
   <si>
     <t>4.75</t>
   </si>
   <si>
     <t>3.55</t>
   </si>
   <si>
     <t>Ilya Sokolov</t>
   </si>
   <si>
     <t>4.95</t>
   </si>
   <si>
     <t>3.01</t>
   </si>
   <si>
     <t>Nikita Pak</t>
   </si>
   <si>
     <t>5.57</t>
   </si>
   <si>
-    <t>4.52</t>
+    <t>3.92</t>
   </si>
   <si>
     <t>Dmitrii Muchkaev</t>
   </si>
   <si>
     <t>6.55</t>
   </si>
   <si>
-    <t>2.55</t>
+    <t>2.90</t>
+  </si>
+  <si>
+    <t>Denis Vorobyev</t>
+  </si>
+  <si>
+    <t>7.45</t>
+  </si>
+  <si>
+    <t>4.98</t>
   </si>
   <si>
     <t>Elisei Yaquinto</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
     <t>5.79</t>
   </si>
   <si>
+    <t>Yan Hardikov</t>
+  </si>
+  <si>
+    <t>7.65</t>
+  </si>
+  <si>
+    <t>6.07</t>
+  </si>
+  <si>
     <t>Igor Selivanov</t>
   </si>
   <si>
     <t>7.98</t>
   </si>
   <si>
     <t>5.29</t>
   </si>
   <si>
-    <t>Denis Vorobyev</t>
-[...7 lines deleted...]
-  <si>
     <t>Aleksandra Voroshilova</t>
   </si>
   <si>
     <t>9.73</t>
   </si>
   <si>
-    <t>7.46</t>
-[...8 lines deleted...]
-    <t>6.07</t>
+    <t>6.27</t>
+  </si>
+  <si>
+    <t>Anastasiya Kvitchenko</t>
+  </si>
+  <si>
+    <t>10.22</t>
+  </si>
+  <si>
+    <t>6.38</t>
   </si>
   <si>
     <t>Daniil Pridvorev</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>5.73</t>
   </si>
   <si>
     <t>Aleksandra Vorobʹyeva</t>
   </si>
   <si>
     <t>10.51</t>
   </si>
   <si>
-    <t>9.00</t>
+    <t>8.63</t>
+  </si>
+  <si>
+    <t>Kira Krayeva</t>
+  </si>
+  <si>
+    <t>12.35</t>
+  </si>
+  <si>
+    <t>6.08</t>
   </si>
   <si>
     <t>Tatyana Yaquinto</t>
   </si>
   <si>
-    <t>11.50</t>
+    <t>12.88</t>
   </si>
   <si>
     <t>5.97</t>
   </si>
   <si>
-    <t>Anastasiya Kvitchenko</t>
-[...7 lines deleted...]
-  <si>
     <t>Rodion Pipko</t>
   </si>
   <si>
     <t>12.99</t>
   </si>
   <si>
     <t>6.91</t>
   </si>
   <si>
     <t>Andrey Gallyamov</t>
   </si>
   <si>
     <t>13.07</t>
   </si>
   <si>
     <t>10.32</t>
   </si>
   <si>
+    <t>Milana Longinova</t>
+  </si>
+  <si>
+    <t>13.34</t>
+  </si>
+  <si>
+    <t>7.70</t>
+  </si>
+  <si>
     <t>Arina Zubova</t>
   </si>
   <si>
     <t>13.54</t>
   </si>
   <si>
     <t>5.58</t>
   </si>
   <si>
     <t>Anastasia Arokina</t>
   </si>
   <si>
     <t>14.64</t>
   </si>
   <si>
     <t>10.23</t>
   </si>
   <si>
-    <t>Milana Longinova</t>
-[...7 lines deleted...]
-  <si>
     <t>Artem Chernyaev</t>
   </si>
   <si>
     <t>15.46</t>
   </si>
   <si>
     <t>9.47</t>
   </si>
   <si>
-    <t>Kira Krayeva</t>
-[...7 lines deleted...]
-  <si>
     <t>Oleg Yakovlev</t>
   </si>
   <si>
-    <t>23.01</t>
+    <t>21.03</t>
   </si>
   <si>
     <t>14.25</t>
   </si>
   <si>
     <t>Yevgeniy Kim</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
     <t>18.34</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>