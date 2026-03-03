--- v2 (2026-03-03)
+++ v3 (2026-03-03)
@@ -17,258 +17,258 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Matthew Yaquinto</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>4.55</t>
   </si>
   <si>
     <t>2.50</t>
   </si>
   <si>
-    <t>Kirill Oslonov</t>
+    <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>4.75</t>
   </si>
   <si>
     <t>3.55</t>
   </si>
   <si>
-    <t>Ilya Sokolov</t>
+    <t>Илья Соколов</t>
   </si>
   <si>
     <t>4.95</t>
   </si>
   <si>
     <t>3.01</t>
   </si>
   <si>
-    <t>Nikita Pak</t>
+    <t>Никита Пак</t>
   </si>
   <si>
     <t>5.57</t>
   </si>
   <si>
     <t>3.92</t>
   </si>
   <si>
-    <t>Dmitrii Muchkaev</t>
+    <t>Дмитрий Мучкаев</t>
   </si>
   <si>
     <t>6.55</t>
   </si>
   <si>
     <t>2.90</t>
   </si>
   <si>
-    <t>Denis Vorobyev</t>
+    <t>Денис Воробьев</t>
   </si>
   <si>
     <t>7.45</t>
   </si>
   <si>
     <t>4.98</t>
   </si>
   <si>
-    <t>Elisei Yaquinto</t>
+    <t>Елисей Якинто</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
     <t>5.79</t>
   </si>
   <si>
-    <t>Yan Hardikov</t>
+    <t>Ян Хардиков</t>
   </si>
   <si>
     <t>7.65</t>
   </si>
   <si>
     <t>6.07</t>
   </si>
   <si>
-    <t>Igor Selivanov</t>
+    <t>Игорь Селиванов</t>
   </si>
   <si>
     <t>7.98</t>
   </si>
   <si>
     <t>5.29</t>
   </si>
   <si>
-    <t>Aleksandra Voroshilova</t>
+    <t>Александра Ворошилова</t>
   </si>
   <si>
     <t>9.73</t>
   </si>
   <si>
     <t>6.27</t>
   </si>
   <si>
-    <t>Anastasiya Kvitchenko</t>
+    <t>Анастасия Квитченко</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
     <t>6.38</t>
   </si>
   <si>
-    <t>Daniil Pridvorev</t>
+    <t>Даниил Придворев</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>5.73</t>
   </si>
   <si>
-    <t>Aleksandra Vorobʹyeva</t>
+    <t>Александра Воробьева</t>
   </si>
   <si>
     <t>10.51</t>
   </si>
   <si>
     <t>8.63</t>
   </si>
   <si>
-    <t>Kira Krayeva</t>
+    <t>Кира Краева</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
   <si>
     <t>6.08</t>
   </si>
   <si>
-    <t>Tatyana Yaquinto</t>
+    <t>Татьяна Якинто</t>
   </si>
   <si>
     <t>12.88</t>
   </si>
   <si>
     <t>5.97</t>
   </si>
   <si>
-    <t>Rodion Pipko</t>
+    <t>Родион Пипко</t>
   </si>
   <si>
     <t>12.99</t>
   </si>
   <si>
     <t>6.91</t>
   </si>
   <si>
-    <t>Andrey Gallyamov</t>
+    <t>Андрей Галлямов</t>
   </si>
   <si>
     <t>13.07</t>
   </si>
   <si>
     <t>10.32</t>
   </si>
   <si>
-    <t>Milana Longinova</t>
+    <t>Милана Лонгинова</t>
   </si>
   <si>
     <t>13.34</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
-    <t>Arina Zubova</t>
+    <t>Арина Зубова</t>
   </si>
   <si>
     <t>13.54</t>
   </si>
   <si>
     <t>5.58</t>
   </si>
   <si>
-    <t>Anastasia Arokina</t>
+    <t>Анастасия Арокина</t>
   </si>
   <si>
     <t>14.64</t>
   </si>
   <si>
     <t>10.23</t>
   </si>
   <si>
-    <t>Artem Chernyaev</t>
+    <t>Артём Черняев</t>
   </si>
   <si>
     <t>15.46</t>
   </si>
   <si>
     <t>9.47</t>
   </si>
   <si>
-    <t>Oleg Yakovlev</t>
+    <t>Олег Яковлев</t>
   </si>
   <si>
     <t>21.03</t>
   </si>
   <si>
     <t>14.25</t>
   </si>
   <si>
-    <t>Yevgeniy Kim</t>
+    <t>Евгений Ким</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
     <t>18.34</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -599,51 +599,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C24" sqref="C24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>