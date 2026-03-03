--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -56,51 +56,51 @@
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Артём Куликов</t>
   </si>
   <si>
     <t>25.00</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Евгений Скачков</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Фёдор Борисов</t>
   </si>
   <si>
-    <t>34.00</t>
+    <t>35.00</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>36.00</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>37.00</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>