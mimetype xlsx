--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,252 +17,252 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Славомил Волосков</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
-    <t>Никита Попков</t>
+    <t>Nikita Popkov</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
+    <t>Vladimir Filin</t>
   </si>
   <si>
     <t>16.09</t>
   </si>
   <si>
     <t>13.60</t>
   </si>
   <si>
-    <t>Николай Васильев</t>
+    <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
-    <t>Максим Аммосов</t>
+    <t>Maksim Ammosov</t>
   </si>
   <si>
     <t>17.66</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
-    <t>Михаил Кузин</t>
+    <t>Mikhail Kuzin</t>
   </si>
   <si>
     <t>19.14</t>
   </si>
   <si>
     <t>12.99</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
+    <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>20.47</t>
   </si>
   <si>
     <t>14.35</t>
   </si>
   <si>
-    <t>Дмитрий Дунаев</t>
+    <t>Dmitriy Dunaev</t>
   </si>
   <si>
     <t>27.06</t>
   </si>
   <si>
     <t>23.50</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Вячеслав Сизов</t>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
-    <t>Дарья Пойда</t>
+    <t>Darʹya Poyda</t>
   </si>
   <si>
     <t>32.54</t>
   </si>
   <si>
     <t>24.83</t>
   </si>
   <si>
-    <t>Егор Еремин</t>
+    <t>Yegor Yeremin</t>
   </si>
   <si>
     <t>34.81</t>
   </si>
   <si>
     <t>27.99</t>
   </si>
   <si>
-    <t>Николай Одегов</t>
+    <t>Nikolay Odegov</t>
   </si>
   <si>
     <t>35.87</t>
   </si>
   <si>
     <t>31.93</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>35.84</t>
   </si>
   <si>
-    <t>Егор Жогин</t>
+    <t>Yegor Zhogin</t>
   </si>
   <si>
     <t>58.22</t>
   </si>
   <si>
     <t>45.18</t>
   </si>
   <si>
-    <t>Андрей Севастьянов</t>
+    <t>Andrey Sevastʹyanov</t>
   </si>
   <si>
     <t>2:53.79</t>
   </si>
   <si>
     <t>1:05.17</t>
   </si>
   <si>
-    <t>Михаил Лапшин</t>
+    <t>Mikhail Lapshin</t>
   </si>
   <si>
     <t>55.60</t>
   </si>
   <si>
-    <t>Глеб Колесник</t>
+    <t>Gleb Kolesnik</t>
   </si>
   <si>
     <t>59.92</t>
   </si>
   <si>
-    <t>Арсений Русецкий</t>
-[...26 lines deleted...]
-    <t>Ярослав Румянцев</t>
+    <t>Arseniy Rusetskiy</t>
+  </si>
+  <si>
+    <t>Vladimir Vasil`ev</t>
+  </si>
+  <si>
+    <t>Demʹyan Ivanov</t>
+  </si>
+  <si>
+    <t>Ekaterina Kusacheva</t>
+  </si>
+  <si>
+    <t>Matvey Grinevich</t>
+  </si>
+  <si>
+    <t>Mikhail Ivanov</t>
+  </si>
+  <si>
+    <t>Roman Kravchenko</t>
+  </si>
+  <si>
+    <t>Timofey Ivanisov</t>
+  </si>
+  <si>
+    <t>Fëdor Rekunenko</t>
+  </si>
+  <si>
+    <t>Yaroslav Rumyantsev</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>