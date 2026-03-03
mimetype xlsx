--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,252 +17,252 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
-[...11 lines deleted...]
-    <t>Nikolay Vasilyev</t>
+    <t>10.35</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>12.39</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
-[...2 lines deleted...]
-    <t>17.66</t>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>17.53</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
-    <t>Mikhail Kuzin</t>
-[...2 lines deleted...]
-    <t>19.14</t>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>19.28</t>
+  </si>
+  <si>
+    <t>16.14</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>19.67</t>
+  </si>
+  <si>
+    <t>14.35</t>
+  </si>
+  <si>
+    <t>Михаил Кузин</t>
+  </si>
+  <si>
+    <t>20.25</t>
   </si>
   <si>
     <t>12.99</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
-[...17 lines deleted...]
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>27.06</t>
   </si>
   <si>
     <t>23.50</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>32.54</t>
   </si>
   <si>
     <t>24.83</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
-[...8 lines deleted...]
-    <t>Nikolay Odegov</t>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>33.93</t>
+  </si>
+  <si>
+    <t>27.88</t>
+  </si>
+  <si>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>35.87</t>
   </si>
   <si>
     <t>31.93</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>35.84</t>
   </si>
   <si>
-    <t>Yegor Zhogin</t>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>58.22</t>
   </si>
   <si>
     <t>45.18</t>
   </si>
   <si>
-    <t>Andrey Sevastʹyanov</t>
+    <t>Андрей Севастьянов</t>
   </si>
   <si>
     <t>2:53.79</t>
   </si>
   <si>
     <t>1:05.17</t>
   </si>
   <si>
-    <t>Mikhail Lapshin</t>
+    <t>Михаил Лапшин</t>
   </si>
   <si>
     <t>55.60</t>
   </si>
   <si>
-    <t>Gleb Kolesnik</t>
+    <t>Глеб Колесник</t>
   </si>
   <si>
     <t>59.92</t>
   </si>
   <si>
-    <t>Arseniy Rusetskiy</t>
-[...26 lines deleted...]
-    <t>Yaroslav Rumyantsev</t>
+    <t>Арсений Русецкий</t>
+  </si>
+  <si>
+    <t>Владимир Васильев</t>
+  </si>
+  <si>
+    <t>Демьян Иванов</t>
+  </si>
+  <si>
+    <t>Екатерина Кусачева</t>
+  </si>
+  <si>
+    <t>Матвей Гриневич</t>
+  </si>
+  <si>
+    <t>Михаил Иванов</t>
+  </si>
+  <si>
+    <t>Роман Кравченко</t>
+  </si>
+  <si>
+    <t>Тимофей Иванисов</t>
+  </si>
+  <si>
+    <t>Фёдор Рекуненко</t>
+  </si>
+  <si>
+    <t>Ярослав Румянцев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>